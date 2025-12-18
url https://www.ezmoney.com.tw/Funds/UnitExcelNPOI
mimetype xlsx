--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -7,755 +7,770 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="Unit" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="311" uniqueCount="241">
   <si>
     <t xml:space="preserve">基金名稱</t>
   </si>
   <si>
     <t xml:space="preserve">最新淨值</t>
   </si>
   <si>
     <t xml:space="preserve">淨值日期</t>
   </si>
   <si>
     <t xml:space="preserve">漲跌</t>
   </si>
   <si>
     <t xml:space="preserve">漲跌幅</t>
   </si>
   <si>
-    <t xml:space="preserve">統一台灣高息優選基金－累積型                                                    （本基金並無保證收益及配息，配息來源可能為本金及收益平準金）</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">0.58%</t>
+    <t xml:space="preserve">統一台灣高息優選基金－累積型                                                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">114/12/17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.04</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.23%</t>
   </si>
   <si>
     <t xml:space="preserve">統一台灣高息優選基金－月配型                                                    （本基金並無保證收益及配息，配息來源可能為本金及收益平準金）</t>
   </si>
   <si>
-    <t xml:space="preserve">15.34</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.52%</t>
+    <t xml:space="preserve">15.05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.27%</t>
   </si>
   <si>
     <t xml:space="preserve">統一大滿貫基金（Ａ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">124.99</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.78%</t>
+    <t xml:space="preserve">124.93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.91%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全天候基金（Ａ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">455.02</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.1%</t>
+    <t xml:space="preserve">458.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.27%</t>
   </si>
   <si>
     <t xml:space="preserve">統一中小基金                        </t>
   </si>
   <si>
-    <t xml:space="preserve">92.23</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">0.99%</t>
+    <t xml:space="preserve">94.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.78%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一經建基金（Ａ類型）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">209.48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.85%</t>
   </si>
   <si>
     <t xml:space="preserve">統一奔騰基金                        </t>
   </si>
   <si>
-    <t xml:space="preserve">378.65</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.87%</t>
+    <t xml:space="preserve">388.06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.36%</t>
   </si>
   <si>
     <t xml:space="preserve">統一台灣動力基金（Ａ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">99.68</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.75%</t>
+    <t xml:space="preserve">99.58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.91</t>
   </si>
   <si>
     <t xml:space="preserve">統一黑馬基金                        </t>
   </si>
   <si>
-    <t xml:space="preserve">324.21</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.07%</t>
+    <t xml:space="preserve">324.25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.44%</t>
   </si>
   <si>
     <t xml:space="preserve">統一龍馬基金                        </t>
   </si>
   <si>
-    <t xml:space="preserve">268.66</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">1.09%</t>
+    <t xml:space="preserve">278.36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.39</t>
   </si>
   <si>
     <t xml:space="preserve">統一統信基金                        </t>
   </si>
   <si>
-    <t xml:space="preserve">135.84</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">0.78</t>
+    <t xml:space="preserve">140.35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.63%</t>
   </si>
   <si>
     <t xml:space="preserve">統一強棒貨幣市場基金</t>
   </si>
   <si>
-    <t xml:space="preserve">17.6171</t>
+    <t xml:space="preserve">17.6519</t>
   </si>
   <si>
     <t xml:space="preserve">0.0007</t>
   </si>
   <si>
     <t xml:space="preserve">0.004%</t>
   </si>
   <si>
     <t xml:space="preserve">統一亞太基金                        </t>
   </si>
   <si>
-    <t xml:space="preserve">54.73</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">2.26%</t>
+    <t xml:space="preserve">52.8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">114/12/16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.08%</t>
   </si>
   <si>
     <t xml:space="preserve">統一強漢基金（新台幣）</t>
   </si>
   <si>
-    <t xml:space="preserve">77.43</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">1.39%</t>
+    <t xml:space="preserve">70.81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.05%</t>
   </si>
   <si>
     <t xml:space="preserve">統一強漢基金（美元）                              </t>
   </si>
   <si>
-    <t xml:space="preserve">29.65</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">1.37%</t>
+    <t xml:space="preserve">26.39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.33%</t>
   </si>
   <si>
     <t xml:space="preserve">統一強漢基金（人民幣）                            </t>
   </si>
   <si>
-    <t xml:space="preserve">33.99</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">1.34%</t>
+    <t xml:space="preserve">30.01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.47%</t>
   </si>
   <si>
     <t xml:space="preserve">統一大龍印基金                      </t>
   </si>
   <si>
-    <t xml:space="preserve">40.54</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">1.86%</t>
+    <t xml:space="preserve">39.98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.96</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.34%</t>
   </si>
   <si>
     <t xml:space="preserve">統一大中華中小基金（新台幣）</t>
   </si>
   <si>
-    <t xml:space="preserve">34.97</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">3.13%</t>
+    <t xml:space="preserve">33.89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.81</t>
   </si>
   <si>
     <t xml:space="preserve">統一大中華中小基金（美元）                        </t>
   </si>
   <si>
-    <t xml:space="preserve">23.83</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">3.07%</t>
+    <t xml:space="preserve">22.48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.6%</t>
   </si>
   <si>
     <t xml:space="preserve">統一大中華中小基金（人民幣）                      </t>
   </si>
   <si>
-    <t xml:space="preserve">26.93</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">3.1%</t>
+    <t xml:space="preserve">25.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.74%</t>
   </si>
   <si>
     <t xml:space="preserve">統一新亞洲科技能源基金              </t>
   </si>
   <si>
-    <t xml:space="preserve">69.08</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">1.93%</t>
+    <t xml:space="preserve">67.47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.51%</t>
   </si>
   <si>
     <t xml:space="preserve">統一亞洲大金磚基金                  </t>
   </si>
   <si>
-    <t xml:space="preserve">25.04</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">2.16%</t>
+    <t xml:space="preserve">24.41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.77%</t>
   </si>
   <si>
     <t xml:space="preserve">統一大龍騰中國基金（新台幣）</t>
   </si>
   <si>
-    <t xml:space="preserve">15.17</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">1.81%</t>
+    <t xml:space="preserve">15.06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.31%</t>
   </si>
   <si>
     <t xml:space="preserve">統一大龍騰中國基金（美元）                        </t>
   </si>
   <si>
-    <t xml:space="preserve">13.46</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">1.82%</t>
+    <t xml:space="preserve">13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.59%</t>
   </si>
   <si>
     <t xml:space="preserve">統一大龍騰中國基金（人民幣）                      </t>
   </si>
   <si>
-    <t xml:space="preserve">15.18</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">0.4203%</t>
+    <t xml:space="preserve">14.54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.76%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一優選低波多重資產基金－累積型                                                </t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.0118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0704</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.6353%</t>
   </si>
   <si>
     <t xml:space="preserve">統一優選低波多重資產基金－月配型                                                （基金之配息來源可能為本金及收益平準金）</t>
   </si>
   <si>
-    <t xml:space="preserve">10.7407</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.4217%</t>
+    <t xml:space="preserve">10.779</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0689</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.6351%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全球債券組合基金                （基金有一定比例投資於非投資等級債券基金）</t>
   </si>
   <si>
-    <t xml:space="preserve">12.1027</t>
-[...20 lines deleted...]
-    <t xml:space="preserve">-0.1372%</t>
+    <t xml:space="preserve">12.0689</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0242</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.2001%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一亞洲非投資等級債券基金－累積型（新台幣）          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">9.5623</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.0138</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.1445%</t>
   </si>
   <si>
     <t xml:space="preserve">統一亞洲非投資等級債券基金－月配型（新台幣）          （基金之配息來源可能為本金）</t>
   </si>
   <si>
-    <t xml:space="preserve">5.592</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">0.0908%</t>
+    <t xml:space="preserve">5.4918</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.1459%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一亞洲非投資等級債券基金－累積型（美元）            </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.2255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.085%</t>
   </si>
   <si>
     <t xml:space="preserve">統一亞洲非投資等級債券基金－月配型（美元）            （基金之配息來源可能為本金）</t>
   </si>
   <si>
-    <t xml:space="preserve">5.8313</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">-0.0784%</t>
+    <t xml:space="preserve">5.6171</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0854%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一亞洲非投資等級債券基金－累積型（人民幣）          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.0757</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.2261%</t>
   </si>
   <si>
     <t xml:space="preserve">統一亞洲非投資等級債券基金－月配型（人民幣）          （基金之配息來源可能為本金）</t>
   </si>
   <si>
-    <t xml:space="preserve">6.6231</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">-0.0785%</t>
+    <t xml:space="preserve">6.3116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0144</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.2276%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全球新科技基金（新台幣）                      </t>
   </si>
   <si>
-    <t xml:space="preserve">64.08</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">2.51%</t>
+    <t xml:space="preserve">60.71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.89%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全球新科技基金（美元）                        </t>
   </si>
   <si>
-    <t xml:space="preserve">67.33</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">2.5%</t>
+    <t xml:space="preserve">62.08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.17%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全球新科技基金（人民幣）                      </t>
   </si>
   <si>
-    <t xml:space="preserve">73.87</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">1.3797%</t>
+    <t xml:space="preserve">67.57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.28%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球動態多重資產基金－累積型（新台幣）        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.0252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.2554</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.478%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全球動態多重資產基金－月配型（新台幣）        （基金有相當比重投資於非投資等級之高風險債券且基金配息來源可能為本金）</t>
   </si>
   <si>
-    <t xml:space="preserve">12.1267</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">1.3663%</t>
+    <t xml:space="preserve">11.6689</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.1752</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.4792%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球動態多重資產基金－累積型（美元）          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.7423</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.3027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.7759%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全球動態多重資產基金－月配型（美元）          （基金有相當比重投資於非投資等級之高風險債券且基金配息來源可能為本金）</t>
   </si>
   <si>
-    <t xml:space="preserve">12.2922</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">1.3415%</t>
+    <t xml:space="preserve">11.5296</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.2084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.7754%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球動態多重資產基金－累積型（人民幣）        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.7295</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.3414</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.8892%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全球動態多重資產基金－月配型（人民幣）        （基金有相當比重投資於非投資等級之高風險債券且基金配息來源可能為本金）</t>
   </si>
   <si>
-    <t xml:space="preserve">13.1419</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">1.3418%</t>
+    <t xml:space="preserve">12.2247</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.2353</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.8884%</t>
   </si>
   <si>
     <t xml:space="preserve">統一大東協高股息基金（新台幣）                    （本基金並無保證收益及配息）</t>
   </si>
   <si>
-    <t xml:space="preserve">15.5</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">2.11%</t>
+    <t xml:space="preserve">15.75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.62%</t>
   </si>
   <si>
     <t xml:space="preserve">統一大東協高股息基金（美元）                      （本基金並無保證收益及配息）</t>
   </si>
   <si>
-    <t xml:space="preserve">15.16</t>
+    <t xml:space="preserve">14.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.9%</t>
   </si>
   <si>
     <t xml:space="preserve">統一大東協高股息基金（人民幣）                    （本基金並無保證收益及配息）</t>
   </si>
   <si>
-    <t xml:space="preserve">16.84</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">2.12%</t>
+    <t xml:space="preserve">16.52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.07%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全球智聯網AIoT基金（新台幣）</t>
   </si>
   <si>
-    <t xml:space="preserve">27.39</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">2.32%</t>
+    <t xml:space="preserve">26.81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.51%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全球智聯網AIoT基金（美元）                    </t>
   </si>
   <si>
-    <t xml:space="preserve">27.65</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">2.33%</t>
+    <t xml:space="preserve">26.33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.83%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全球智聯網AIoT基金（人民幣）                  </t>
   </si>
   <si>
-    <t xml:space="preserve">27.44</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">2.31%</t>
+    <t xml:space="preserve">25.92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.93%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全天候基金（Ｉ類型）                          </t>
   </si>
   <si>
-    <t xml:space="preserve">475.14</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.11%</t>
+    <t xml:space="preserve">478.72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.31</t>
   </si>
   <si>
     <t xml:space="preserve">統一大滿貫基金（TISA類型）                                                      </t>
   </si>
   <si>
-    <t xml:space="preserve">125.41</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.79%</t>
+    <t xml:space="preserve">125.51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.92%</t>
   </si>
   <si>
     <t xml:space="preserve">統一台灣動力基金（TISA類型）                                                    </t>
   </si>
   <si>
-    <t xml:space="preserve">100.05</t>
+    <t xml:space="preserve">100.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一經建基金（Ｓ類型）                                                          </t>
   </si>
   <si>
     <t xml:space="preserve">統一NYSE FANG+ETF基金</t>
   </si>
   <si>
-    <t xml:space="preserve">122.81</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">-1.41%</t>
+    <t xml:space="preserve">116.11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.25</t>
   </si>
   <si>
     <t xml:space="preserve">統一彭博１０年期以上Ａａ至Ａ級美元優質公司債券ＥＴＦ基金（基金之配息來源可能為收益平準金）</t>
   </si>
   <si>
-    <t xml:space="preserve">28.1707</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">-0.5%</t>
+    <t xml:space="preserve">28.1226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.03%</t>
   </si>
   <si>
     <t xml:space="preserve">統一彭博美國20年期以上公債ETF基金（基金之配息來源可能為收益平準金）</t>
   </si>
   <si>
-    <t xml:space="preserve">13.7543</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">-0.15%</t>
+    <t xml:space="preserve">13.8137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.05%</t>
   </si>
   <si>
     <t xml:space="preserve">統一台灣高息動能ETF基金（本基金並無保證收益及配息，配息來源可能為收益平準金）</t>
   </si>
   <si>
-    <t xml:space="preserve">14.63</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.41%</t>
+    <t xml:space="preserve">14.56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.32%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全球15年以上BBB優選ESG公司債ETF基金（基金之配息來源可能為收益平準金）</t>
   </si>
   <si>
-    <t xml:space="preserve">14.1731</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">-0.0716</t>
+    <t xml:space="preserve">14.1414</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0198</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.14%</t>
   </si>
   <si>
     <t xml:space="preserve">統一台股增長主動式ETF基金(基金之配息來源可能為收益平準金)</t>
   </si>
   <si>
-    <t xml:space="preserve">15.42</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.85%</t>
+    <t xml:space="preserve">15.72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.04</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.25%</t>
   </si>
   <si>
     <t xml:space="preserve">統一美國50ETF基金（基金之配息來源可能為收益平準金）</t>
   </si>
   <si>
-    <t xml:space="preserve">11.56</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">-0.86%</t>
+    <t xml:space="preserve">11.51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.37%</t>
   </si>
   <si>
     <t xml:space="preserve">統一全球創新主動式ETF基金(基金之配息來源可能為收益平準金)</t>
   </si>
   <si>
-    <t xml:space="preserve">10.11</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">-0.98%</t>
+    <t xml:space="preserve">9.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.97%</t>
   </si>
   <si>
     <t xml:space="preserve">
 	基金經金管會或其指定機構核准或同意生效，惟不表示絕無風險。由於非投資等級債券之信用評等未達投資等級或未經信用評等，且對利率變動的敏感度甚高，故基金可能會因利率上升、市場流動性下降，或債券發行機構違約不支付本金、利息或破產而蒙受虧損。基金不適合無法承擔相關風險之投資人。本公司以往之經理績效不保證基金之最低投資收益；本公司除盡善良管理人之注意義務外，不負責本基金之盈虧，亦不保證最低之收益，投資人申購前應詳閱基金公開說明書，基金應負擔之費用已揭露於基金公開說明書中。投資人可至本公司及基金銷售機構索取公開說明書或簡式公開說明書，或至本公司網站https://www.ezmoney.com.tw或公開資訊觀測站https://mopsplus.twse.com.tw自行下載。
 本文提及之經濟走勢預測不必然代表本基金之績效，本基金投資風險請詳閱基金公開說明書。本資料所述個別企業僅為說明或舉例之用，並無推薦之意，亦非本經理公司所經理之基金必然會投資之標的。投資人申購本基金係持有基金受益憑證，而非本文提及之投資資產或標的。投資人應留意衍生性工具 /證券相關商品等槓桿投資策略所可能產生之投資風險（詳見公開說明書）。
 基金配息不代表基金實際報酬，且過去配息不代表未來配息；基金淨值可能因市場因素而上下波動，於配息時需一併注意基金淨值變動。
 投資人因不同時間進場，將有不同之投資績效，過去之績效亦不代表未來績效之保證。
 【基金風險報酬等級係參酌投信投顧公會所制定之基金風險等級分類(RR)標準，RR係計算過去5年基金淨值波動度標準差，以標準差區間予以分類等級，分類為RR1~RR5五級，數字越大代表風險越高。此等級分類係基於一般市場狀況反映市場價格波動風險，無法涵蓋所有風險(如：基金計價幣別匯率風險、投資標的產業風險、信用風險、利率風險、流動性風險等)，不宜作為投資唯一依據，投資人仍應注意所投資基金個別風險。】
 部份基金主要投資於新興市場國家之債券或非投資等級債券，可能產生之風險包括流動性不足風險、市場風險(含政治、利率、匯率等)、債券發行人違約之信用風險等風險，或可能因受益人大量買回，致延遲給付買回價款，遇前述風險時，基金之淨資產價值可能因此產生波動。
 部份基金可投資於美國144A債券，該債券較可能發生流動性不足，財務訊息不完整而導致波動較大之風險。
 統一亞洲非投資等級債券基金(原名:統一中國非投資等級債券基金)(基金之配息來源可能為本金)與統一全球動態多重資產基金(基金有相當比重投資於非投資等級之高風險債券且基金配息來源可能為本金)適合能承受較高風險之非保守型投資人，由於基金主要投資於新興市場國家之公司債券或非投資等級債券，故投資人投資本基金不宜占其投資組合過高之比重。
 部份基金投資地區包含大陸地區，可能因產業循環或非經濟因素導致價格劇烈波動，或市場機制不如已開發市場健全，而產生流動性不足風險，對基金報酬產生直接或間接之影響。
 【統一台灣高息優選基金（本基金並無保證收益及配息，配息來源可能為本金及收益平準金）】
 1、本基金配息級別投資所得之現金股利、利息收入、子基金收益、淨資本利得將分為12個月配發。
 2、淨資本利得係指基金配息級別資產投資於中華民國境內所得之已實現資本利得扣除已實現資本損失後為正，始可進行分配。
 3、經理公司得依本基金收益情況自行決定每次分配金額或不分配，故每次分配金額並非一定相同。
 【統一優選低波多重資產基金（基金之配息來源可能為本金及收益平準金）】
 本基金經臺灣集中保管結算所股份有限公司同意生效，惟不表示本基金絕無風險。本公司以往之經理績效不保證本基金之最低投資收益；本公司除盡善良管理人之注意義務外，不負責本基金之盈虧，亦不保證最低之收益，投資人申購前應詳閱基金公開說明書。
 本基金有相當比重投資於國內投信所發行之投資海外債券型基金(子基金)，子基金投資標的可能為非投資等級債券，由於非投資等級債券之信用評等未達投資等級或未經信用評等，且對利率變動的敏感度甚高，故本基金可能會因利率上升、市場流動性下降，或債券發行機構違約不支付本金、利息或破產而蒙受虧損，投資人須留意子基金所投資標的可能包含利率風險、信用風險及匯率風險等相關風險。
 【指數股票型基金(被動式ETF)】
 指數股票型基金因採被動式管理方式，以追蹤標的指數報酬為目標，因此基金之投資績效將視其追蹤之標的指數之走勢而定。基於管理有價證券價格變動風險或為增加投資效率之需要，得從事證券相關商品之交易。當其追蹤之指數價格波動劇烈時，基金之淨資產價值將有波動之風險。此外國內外政經情勢、未來發展或現有法規之變動，均可能對本基金所參與的投資市場及投資工具之報酬造成直接或間接的影響。本基金上市(櫃)前參與申購所買入的每單位淨資產價值，不等同於基金上市(櫃)後之價格，參與申購之投資人需自行承擔基金成立日起至上市(櫃)日止之期間，基金價格波動所產生折/溢價之風險。
 被動式ETF追蹤指數績效或殖利率之表現，不代表基金之實際報酬或配息率及未來績效保證，不同時間進場投資，其結果將可能不同，且並未考量交易成本。
 【主動式交易所交易基金(主動式ETF)】
 主動式ETF與被動式ETF並無絕對的優劣，主動式ETF不保證能超越績效指標、市場大盤或被動式ETF的報酬，且過去績效也不代表未來績效的保證。投資人投資前應審慎評估市場波動與各項投資風險，並詳閱公開說明書，根據自身的投資目標與風險承受度選擇最適合的產品。
 【配息涉及本金之基金】
@@ -851,63 +866,78 @@
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
     <border>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="305">
+  <cellXfs count="310">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -1774,51 +1804,51 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1:F63"/>
+  <dimension ref="A1:F64"/>
   <sheetViews>
     <sheetView tabSelected="1" showRuler="1" showOutlineSymbols="1" defaultGridColor="1" colorId="64" zoomScale="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.43" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="1" collapsed="1"/>
     <col min="2" max="2" width="20" customWidth="1" collapsed="1"/>
     <col min="3" max="3" width="20" customWidth="1" collapsed="1"/>
     <col min="4" max="4" width="20" customWidth="1" collapsed="1"/>
     <col min="5" max="5" width="20" customWidth="1" collapsed="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
@@ -1832,1050 +1862,1067 @@
       </c>
       <c r="B2" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="11" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="12" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" s="14" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="16" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C4" s="17" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" s="19" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="21" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C5" s="22" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" s="24" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" s="26" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C6" s="27" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="E6" s="29" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="30" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="31" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7" s="32" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="E7" s="34" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="35" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="36" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C8" s="37" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="38" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" s="39" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="41" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C9" s="42" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="43" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="E9" s="44" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="45" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B10" s="46" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C10" s="47" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="48" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E10" s="49" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="50" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B11" s="51" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C11" s="52" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="53" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E11" s="54" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="55" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B12" s="56" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C12" s="57" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="58" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E12" s="59" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="60" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B13" s="61" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C13" s="62" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="63" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E13" s="64" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="65" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B14" s="66" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" s="67" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" s="68" t="s">
         <v>54</v>
       </c>
-      <c r="C14" s="67" t="s">
+      <c r="E14" s="69" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="70" t="s">
+        <v>56</v>
+      </c>
+      <c r="B15" s="71" t="s">
+        <v>57</v>
+      </c>
+      <c r="C15" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D15" s="73" t="s">
         <v>58</v>
       </c>
-      <c r="B15" s="71" t="s">
+      <c r="E15" s="74" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="75" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="76" t="s">
+        <v>61</v>
+      </c>
+      <c r="C16" s="77" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" s="78" t="s">
         <v>62</v>
       </c>
-      <c r="B16" s="76" t="s">
+      <c r="E16" s="79" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="80" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17" s="81" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="82" t="s">
+        <v>53</v>
+      </c>
+      <c r="D17" s="83" t="s">
         <v>66</v>
       </c>
-      <c r="B17" s="81" t="s">
+      <c r="E17" s="84" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="85" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="86" t="s">
+        <v>69</v>
+      </c>
+      <c r="C18" s="87" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" s="88" t="s">
         <v>70</v>
       </c>
-      <c r="B18" s="86" t="s">
+      <c r="E18" s="89" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="90" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="91" t="s">
         <v>73</v>
       </c>
-      <c r="B19" s="91" t="s">
+      <c r="C19" s="92" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" s="93" t="s">
         <v>74</v>
       </c>
-      <c r="C19" s="92" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E19" s="94" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="95" t="s">
+        <v>75</v>
+      </c>
+      <c r="B20" s="96" t="s">
         <v>76</v>
       </c>
-      <c r="B20" s="96" t="s">
+      <c r="C20" s="97" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" s="98" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="97" t="s">
-[...2 lines deleted...]
-      <c r="D20" s="98" t="s">
+      <c r="E20" s="99" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="100" t="s">
+        <v>79</v>
+      </c>
+      <c r="B21" s="101" t="s">
         <v>80</v>
       </c>
-      <c r="B21" s="101" t="s">
+      <c r="C21" s="102" t="s">
+        <v>53</v>
+      </c>
+      <c r="D21" s="103" t="s">
         <v>81</v>
       </c>
-      <c r="C21" s="102" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="103" t="s">
+      <c r="E21" s="104" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="105" t="s">
+        <v>83</v>
+      </c>
+      <c r="B22" s="106" t="s">
         <v>84</v>
       </c>
-      <c r="B22" s="106" t="s">
+      <c r="C22" s="107" t="s">
+        <v>53</v>
+      </c>
+      <c r="D22" s="108" t="s">
         <v>85</v>
       </c>
-      <c r="C22" s="107" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="108" t="s">
+      <c r="E22" s="109" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="110" t="s">
+        <v>87</v>
+      </c>
+      <c r="B23" s="111" t="s">
         <v>88</v>
       </c>
-      <c r="B23" s="111" t="s">
+      <c r="C23" s="112" t="s">
+        <v>53</v>
+      </c>
+      <c r="D23" s="113" t="s">
         <v>89</v>
       </c>
-      <c r="C23" s="112" t="s">
-[...2 lines deleted...]
-      <c r="D23" s="113" t="s">
+      <c r="E23" s="114" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="115" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" s="116" t="s">
         <v>92</v>
       </c>
-      <c r="B24" s="116" t="s">
+      <c r="C24" s="117" t="s">
+        <v>53</v>
+      </c>
+      <c r="D24" s="118" t="s">
         <v>93</v>
       </c>
-      <c r="C24" s="117" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="118" t="s">
+      <c r="E24" s="119" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="120" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" s="121" t="s">
         <v>96</v>
       </c>
-      <c r="B25" s="121" t="s">
+      <c r="C25" s="122" t="s">
+        <v>53</v>
+      </c>
+      <c r="D25" s="123" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E25" s="124" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="125" t="s">
         <v>99</v>
       </c>
       <c r="B26" s="126" t="s">
         <v>100</v>
       </c>
       <c r="C26" s="127" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D26" s="128" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="E26" s="129" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="130" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B27" s="131" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C27" s="132" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="133" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E27" s="134" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="135" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B28" s="136" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C28" s="137" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="138" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E28" s="139" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="140" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B29" s="141" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C29" s="142" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D29" s="143" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E29" s="144" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="145" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B30" s="146" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C30" s="147" t="s">
-        <v>115</v>
+        <v>53</v>
       </c>
       <c r="D30" s="148" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E30" s="149" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="150" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B31" s="151" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C31" s="152" t="s">
-        <v>115</v>
+        <v>53</v>
       </c>
       <c r="D31" s="153" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E31" s="154" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="155" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B32" s="156" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C32" s="157" t="s">
-        <v>115</v>
+        <v>53</v>
       </c>
       <c r="D32" s="158" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E32" s="159" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="160" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B33" s="161" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C33" s="162" t="s">
-        <v>115</v>
+        <v>53</v>
       </c>
       <c r="D33" s="163" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E33" s="164" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="165" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B34" s="166" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C34" s="167" t="s">
-        <v>115</v>
+        <v>53</v>
       </c>
       <c r="D34" s="168" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E34" s="169" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="170" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B35" s="171" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C35" s="172" t="s">
-        <v>115</v>
+        <v>53</v>
       </c>
       <c r="D35" s="173" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E35" s="174" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="175" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B36" s="176" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C36" s="177" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D36" s="178" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E36" s="179" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="180" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B37" s="181" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C37" s="182" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D37" s="183" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E37" s="184" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="185" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B38" s="186" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C38" s="187" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D38" s="188" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E38" s="189" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="190" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B39" s="191" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C39" s="192" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D39" s="193" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E39" s="194" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="195" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B40" s="196" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C40" s="197" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D40" s="198" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E40" s="199" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="200" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B41" s="201" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C41" s="202" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D41" s="203" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E41" s="204" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="205" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B42" s="206" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C42" s="207" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D42" s="208" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E42" s="209" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="210" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B43" s="211" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C43" s="212" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D43" s="213" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E43" s="214" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="215" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B44" s="216" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C44" s="217" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D44" s="218" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E44" s="219" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="220" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B45" s="221" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C45" s="222" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D45" s="223" t="s">
-        <v>176</v>
+        <v>101</v>
       </c>
       <c r="E45" s="224" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="225" t="s">
         <v>178</v>
       </c>
       <c r="B46" s="226" t="s">
         <v>179</v>
       </c>
       <c r="C46" s="227" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D46" s="228" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="E46" s="229" t="s">
-        <v>91</v>
+        <v>181</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="230" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B47" s="231" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C47" s="232" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D47" s="233" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E47" s="234" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="235" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B48" s="236" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C48" s="237" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D48" s="238" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E48" s="239" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="240" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B49" s="241" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C49" s="242" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D49" s="243" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E49" s="244" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="245" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B50" s="246" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C50" s="247" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D50" s="248" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="E50" s="249" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="250" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B51" s="251" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C51" s="252" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="253" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="E51" s="254" t="s">
-        <v>198</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="255" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B52" s="256" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C52" s="257" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="258" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="E52" s="259" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="260" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B53" s="261" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C53" s="262" t="s">
         <v>7</v>
       </c>
       <c r="D53" s="263" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="E53" s="264" t="s">
-        <v>37</v>
+        <v>207</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="265" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B54" s="266" t="s">
-        <v>206</v>
+        <v>26</v>
       </c>
       <c r="C54" s="267" t="s">
         <v>7</v>
       </c>
       <c r="D54" s="268" t="s">
-        <v>207</v>
+        <v>27</v>
       </c>
       <c r="E54" s="269" t="s">
-        <v>208</v>
+        <v>28</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="270" t="s">
         <v>209</v>
       </c>
       <c r="B55" s="271" t="s">
         <v>210</v>
       </c>
       <c r="C55" s="272" t="s">
         <v>7</v>
       </c>
       <c r="D55" s="273" t="s">
         <v>211</v>
       </c>
       <c r="E55" s="274" t="s">
-        <v>212</v>
+        <v>181</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="275" t="s">
+        <v>212</v>
+      </c>
+      <c r="B56" s="276" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="C56" s="277" t="s">
         <v>7</v>
       </c>
       <c r="D56" s="278" t="s">
+        <v>214</v>
+      </c>
+      <c r="E56" s="279" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="280" t="s">
+        <v>216</v>
+      </c>
+      <c r="B57" s="281" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="C57" s="282" t="s">
         <v>7</v>
       </c>
       <c r="D57" s="283" t="s">
+        <v>218</v>
+      </c>
+      <c r="E57" s="284" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="285" t="s">
+        <v>220</v>
+      </c>
+      <c r="B58" s="286" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="C58" s="287" t="s">
         <v>7</v>
       </c>
       <c r="D58" s="288" t="s">
+        <v>222</v>
+      </c>
+      <c r="E58" s="289" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="290" t="s">
         <v>224</v>
       </c>
       <c r="B59" s="291" t="s">
         <v>225</v>
       </c>
       <c r="C59" s="292" t="s">
         <v>7</v>
       </c>
       <c r="D59" s="293" t="s">
         <v>226</v>
       </c>
       <c r="E59" s="294" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="295" t="s">
         <v>228</v>
       </c>
       <c r="B60" s="296" t="s">
         <v>229</v>
       </c>
       <c r="C60" s="297" t="s">
         <v>7</v>
       </c>
       <c r="D60" s="298" t="s">
         <v>230</v>
       </c>
       <c r="E60" s="299" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="300" t="s">
         <v>232</v>
       </c>
       <c r="B61" s="301" t="s">
         <v>233</v>
       </c>
       <c r="C61" s="302" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="303" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="E61" s="304" t="s">
-        <v>234</v>
-[...3 lines deleted...]
-      <c r="A63" s="4" t="s">
         <v>235</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="305" t="s">
+        <v>236</v>
+      </c>
+      <c r="B62" s="306" t="s">
+        <v>237</v>
+      </c>
+      <c r="C62" s="307" t="s">
+        <v>7</v>
+      </c>
+      <c r="D62" s="308" t="s">
+        <v>238</v>
+      </c>
+      <c r="E62" s="309" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="4" t="s">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A63:G153"/>
+    <mergeCell ref="A64:G154"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <q1:Properties xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:q1="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">