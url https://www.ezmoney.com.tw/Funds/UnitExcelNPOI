--- v1 (2025-12-18)
+++ v2 (2026-03-15)
@@ -7,770 +7,782 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="Unit" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="311" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="245">
   <si>
     <t xml:space="preserve">基金名稱</t>
   </si>
   <si>
     <t xml:space="preserve">最新淨值</t>
   </si>
   <si>
     <t xml:space="preserve">淨值日期</t>
   </si>
   <si>
     <t xml:space="preserve">漲跌</t>
   </si>
   <si>
     <t xml:space="preserve">漲跌幅</t>
   </si>
   <si>
     <t xml:space="preserve">統一台灣高息優選基金－累積型                                                    </t>
   </si>
   <si>
-    <t xml:space="preserve">17.37</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">0.04</t>
+    <t xml:space="preserve">21.2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">115/03/13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.05%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一台灣高息優選基金－月配型                                                    （本基金並無保證收益及配息，配息來源可能為本金及收益平準金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.95</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.06%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一大滿貫基金（Ａ類型）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">168.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全天候基金（Ａ類型）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">616.5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一中小基金                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">129.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.36%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一經建基金（Ａ類型）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">275.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.51%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一奔騰基金                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">502.9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一台灣動力基金（Ａ類型）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">134.26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一黑馬基金                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">449.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.73%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一龍馬基金                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">375.94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.91%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一統信基金                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">189.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.11%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一強棒貨幣市場基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.7146</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.0007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.004%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全方位貨幣市場基金                                                          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.0039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.0003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.003%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一亞太基金                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">67.81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">115/03/12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.57%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一強漢基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">89.76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一強漢基金（美元）                              </t>
+  </si>
+  <si>
+    <t xml:space="preserve">33.06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.46%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一強漢基金（人民幣）                            </t>
+  </si>
+  <si>
+    <t xml:space="preserve">36.7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.42%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一大龍印基金                      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">50.72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.28%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一大中華中小基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43.88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.79%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一大中華中小基金（美元）                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">28.76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一大中華中小基金（人民幣）                      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">31.47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.01%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一新亞洲科技能源基金              </t>
+  </si>
+  <si>
+    <t xml:space="preserve">90.12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.32%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一亞洲大金磚基金                  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">28.2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一大龍騰中國基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.73%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一大龍騰中國基金（美元）                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.04%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一大龍騰中國基金（人民幣）                      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一優選低波多重資產基金－累積型                                                </t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.7197</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0707%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一優選低波多重資產基金－月配型                                                （基金之配息來源可能為本金及收益平準金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0706%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球債券組合基金                （基金有一定比例投資於非投資等級債券基金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0341</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.2802%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一亞洲非投資等級債券基金－累積型（新台幣）          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">9.7746</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0297%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一亞洲非投資等級債券基金－月配型（新台幣）          （基金之配息來源可能為本金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.5021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0309%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一亞洲非投資等級債券基金－累積型（美元）            </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.384</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0184</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.1769%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一亞洲非投資等級債券基金－月配型（美元）            （基金之配息來源可能為本金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.5909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.1768%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一亞洲非投資等級債券基金－累積型（人民幣）          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.9824</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.1119%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一亞洲非投資等級債券基金－月配型（人民幣）          （基金之配息來源可能為本金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.134</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.1124%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球新科技基金（新台幣）                      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">81.21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.52%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球新科技基金（美元）                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">82.07</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.81%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球新科技基金（人民幣）                      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">87.21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球動態多重資產基金－累積型（新台幣）        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.4951</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.2902</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.3962%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球動態多重資產基金－月配型（新台幣）        （基金有相當比重投資於非投資等級之高風險債券且基金配息來源可能為本金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.8136</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.1956</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球動態多重資產基金－累積型（美元）          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.9204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.3393</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.6748%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球動態多重資產基金－月配型（美元）          （基金有相當比重投資於非投資等級之高風險債券且基金配息來源可能為本金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.5468</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.2308</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.6752%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球動態多重資產基金－累積型（人民幣）        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.6069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.3373</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.6105%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球動態多重資產基金－月配型（人民幣）        （基金有相當比重投資於非投資等級之高風險債券且基金配息來源可能為本金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.0312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.2297</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.6107%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一大東協高股息基金（新台幣）                    （本基金並無保證收益及配息）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.18%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一大東協高股息基金（美元）                      （本基金並無保證收益及配息）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一大東協高股息基金（人民幣）                    （本基金並無保證收益及配息）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球智聯網AIoT基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32.49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球智聯網AIoT基金（美元）                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">31.54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.31%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球智聯網AIoT基金（人民幣）                  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全天候基金（Ｉ類型）                          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">645.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.46</t>
   </si>
   <si>
     <t xml:space="preserve">0.23%</t>
   </si>
   <si>
-    <t xml:space="preserve">統一台灣高息優選基金－月配型                                                    （本基金並無保證收益及配息，配息來源可能為本金及收益平準金）</t>
-[...83 lines deleted...]
-    <t xml:space="preserve">-1.43</t>
+    <t xml:space="preserve">統一大滿貫基金（TISA類型）                                                      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">169.19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一台灣動力基金（TISA類型）                                                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">135.31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一經建基金（Ｓ類型）                                                          </t>
+  </si>
+  <si>
+    <t xml:space="preserve">275.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一NYSE FANG+ETF基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">111.68</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.58%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一彭博１０年期以上Ａａ至Ａ級美元優質公司債券ＥＴＦ基金（基金之配息來源可能為收益平準金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27.9496</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.0153</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一彭博美國20年期以上公債ETF基金（基金之配息來源可能為收益平準金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.8285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.0569</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.41%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一台灣高息動能ETF基金（本基金並無保證收益及配息，配息來源可能為收益平準金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.07</t>
   </si>
   <si>
     <t xml:space="preserve">-0.44%</t>
   </si>
   <si>
-    <t xml:space="preserve">統一龍馬基金                        </t>
-[...167 lines deleted...]
-    <t xml:space="preserve">13</t>
+    <t xml:space="preserve">統一全球15年以上BBB優選ESG公司債ETF基金（基金之配息來源可能為收益平準金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.0044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.03%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一台股增長主動式ETF基金(基金之配息來源可能為收益平準金)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一美國50ETF基金（基金之配息來源可能為收益平準金）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">統一全球創新主動式ETF基金(基金之配息來源可能為收益平準金)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.53</t>
   </si>
   <si>
     <t xml:space="preserve">-0.21</t>
   </si>
   <si>
-    <t xml:space="preserve">-1.59%</t>
-[...422 lines deleted...]
-    <t xml:space="preserve">-1.97%</t>
+    <t xml:space="preserve">-1.65%</t>
   </si>
   <si>
     <t xml:space="preserve">
 	基金經金管會或其指定機構核准或同意生效，惟不表示絕無風險。由於非投資等級債券之信用評等未達投資等級或未經信用評等，且對利率變動的敏感度甚高，故基金可能會因利率上升、市場流動性下降，或債券發行機構違約不支付本金、利息或破產而蒙受虧損。基金不適合無法承擔相關風險之投資人。本公司以往之經理績效不保證基金之最低投資收益；本公司除盡善良管理人之注意義務外，不負責本基金之盈虧，亦不保證最低之收益，投資人申購前應詳閱基金公開說明書，基金應負擔之費用已揭露於基金公開說明書中。投資人可至本公司及基金銷售機構索取公開說明書或簡式公開說明書，或至本公司網站https://www.ezmoney.com.tw或公開資訊觀測站https://mopsplus.twse.com.tw自行下載。
 本文提及之經濟走勢預測不必然代表本基金之績效，本基金投資風險請詳閱基金公開說明書。本資料所述個別企業僅為說明或舉例之用，並無推薦之意，亦非本經理公司所經理之基金必然會投資之標的。投資人申購本基金係持有基金受益憑證，而非本文提及之投資資產或標的。投資人應留意衍生性工具 /證券相關商品等槓桿投資策略所可能產生之投資風險（詳見公開說明書）。
 基金配息不代表基金實際報酬，且過去配息不代表未來配息；基金淨值可能因市場因素而上下波動，於配息時需一併注意基金淨值變動。
 投資人因不同時間進場，將有不同之投資績效，過去之績效亦不代表未來績效之保證。
 【基金風險報酬等級係參酌投信投顧公會所制定之基金風險等級分類(RR)標準，RR係計算過去5年基金淨值波動度標準差，以標準差區間予以分類等級，分類為RR1~RR5五級，數字越大代表風險越高。此等級分類係基於一般市場狀況反映市場價格波動風險，無法涵蓋所有風險(如：基金計價幣別匯率風險、投資標的產業風險、信用風險、利率風險、流動性風險等)，不宜作為投資唯一依據，投資人仍應注意所投資基金個別風險。】
 部份基金主要投資於新興市場國家之債券或非投資等級債券，可能產生之風險包括流動性不足風險、市場風險(含政治、利率、匯率等)、債券發行人違約之信用風險等風險，或可能因受益人大量買回，致延遲給付買回價款，遇前述風險時，基金之淨資產價值可能因此產生波動。
 部份基金可投資於美國144A債券，該債券較可能發生流動性不足，財務訊息不完整而導致波動較大之風險。
 統一亞洲非投資等級債券基金(原名:統一中國非投資等級債券基金)(基金之配息來源可能為本金)與統一全球動態多重資產基金(基金有相當比重投資於非投資等級之高風險債券且基金配息來源可能為本金)適合能承受較高風險之非保守型投資人，由於基金主要投資於新興市場國家之公司債券或非投資等級債券，故投資人投資本基金不宜占其投資組合過高之比重。
 部份基金投資地區包含大陸地區，可能因產業循環或非經濟因素導致價格劇烈波動，或市場機制不如已開發市場健全，而產生流動性不足風險，對基金報酬產生直接或間接之影響。
 【統一台灣高息優選基金（本基金並無保證收益及配息，配息來源可能為本金及收益平準金）】
 1、本基金配息級別投資所得之現金股利、利息收入、子基金收益、淨資本利得將分為12個月配發。
 2、淨資本利得係指基金配息級別資產投資於中華民國境內所得之已實現資本利得扣除已實現資本損失後為正，始可進行分配。
 3、經理公司得依本基金收益情況自行決定每次分配金額或不分配，故每次分配金額並非一定相同。
 【統一優選低波多重資產基金（基金之配息來源可能為本金及收益平準金）】
 本基金經臺灣集中保管結算所股份有限公司同意生效，惟不表示本基金絕無風險。本公司以往之經理績效不保證本基金之最低投資收益；本公司除盡善良管理人之注意義務外，不負責本基金之盈虧，亦不保證最低之收益，投資人申購前應詳閱基金公開說明書。
 本基金有相當比重投資於國內投信所發行之投資海外債券型基金(子基金)，子基金投資標的可能為非投資等級債券，由於非投資等級債券之信用評等未達投資等級或未經信用評等，且對利率變動的敏感度甚高，故本基金可能會因利率上升、市場流動性下降，或債券發行機構違約不支付本金、利息或破產而蒙受虧損，投資人須留意子基金所投資標的可能包含利率風險、信用風險及匯率風險等相關風險。
 【指數股票型基金(被動式ETF)】
 指數股票型基金因採被動式管理方式，以追蹤標的指數報酬為目標，因此基金之投資績效將視其追蹤之標的指數之走勢而定。基於管理有價證券價格變動風險或為增加投資效率之需要，得從事證券相關商品之交易。當其追蹤之指數價格波動劇烈時，基金之淨資產價值將有波動之風險。此外國內外政經情勢、未來發展或現有法規之變動，均可能對本基金所參與的投資市場及投資工具之報酬造成直接或間接的影響。本基金上市(櫃)前參與申購所買入的每單位淨資產價值，不等同於基金上市(櫃)後之價格，參與申購之投資人需自行承擔基金成立日起至上市(櫃)日止之期間，基金價格波動所產生折/溢價之風險。
 被動式ETF追蹤指數績效或殖利率之表現，不代表基金之實際報酬或配息率及未來績效保證，不同時間進場投資，其結果將可能不同，且並未考量交易成本。
 【主動式交易所交易基金(主動式ETF)】
 主動式ETF與被動式ETF並無絕對的優劣，主動式ETF不保證能超越績效指標、市場大盤或被動式ETF的報酬，且過去績效也不代表未來績效的保證。投資人投資前應審慎評估市場波動與各項投資風險，並詳閱公開說明書，根據自身的投資目標與風險承受度選擇最適合的產品。
 【配息涉及本金之基金】
@@ -866,63 +878,78 @@
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
     <border>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="310">
+  <cellXfs count="315">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -1804,51 +1831,51 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1:F64"/>
+  <dimension ref="A1:F65"/>
   <sheetViews>
     <sheetView tabSelected="1" showRuler="1" showOutlineSymbols="1" defaultGridColor="1" colorId="64" zoomScale="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.43" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="1" collapsed="1"/>
     <col min="2" max="2" width="20" customWidth="1" collapsed="1"/>
     <col min="3" max="3" width="20" customWidth="1" collapsed="1"/>
     <col min="4" max="4" width="20" customWidth="1" collapsed="1"/>
     <col min="5" max="5" width="20" customWidth="1" collapsed="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
@@ -1967,962 +1994,979 @@
       </c>
       <c r="C8" s="37" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="38" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="39" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="40" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="41" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="42" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="43" t="s">
         <v>35</v>
       </c>
       <c r="E9" s="44" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="45" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B10" s="46" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C10" s="47" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="48" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E10" s="49" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="50" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B11" s="51" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C11" s="52" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="53" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E11" s="54" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="55" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B12" s="56" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C12" s="57" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="58" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E12" s="59" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="60" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B13" s="61" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C13" s="62" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="63" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E13" s="64" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="65" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B14" s="66" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C14" s="67" t="s">
-        <v>53</v>
+        <v>7</v>
       </c>
       <c r="D14" s="68" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E14" s="69" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="70" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B15" s="71" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C15" s="72" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D15" s="73" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E15" s="74" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="75" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B16" s="76" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C16" s="77" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D16" s="78" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E16" s="79" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="80" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B17" s="81" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C17" s="82" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D17" s="83" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E17" s="84" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="85" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B18" s="86" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C18" s="87" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D18" s="88" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E18" s="89" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="90" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B19" s="91" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C19" s="92" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D19" s="93" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E19" s="94" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="95" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B20" s="96" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C20" s="97" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D20" s="98" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E20" s="99" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="100" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B21" s="101" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C21" s="102" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D21" s="103" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E21" s="104" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="105" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B22" s="106" t="s">
+        <v>87</v>
+      </c>
+      <c r="C22" s="107" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" s="108" t="s">
         <v>84</v>
       </c>
-      <c r="C22" s="107" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="109" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="110" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B23" s="111" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C23" s="112" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D23" s="113" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E23" s="114" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="115" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B24" s="116" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C24" s="117" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D24" s="118" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E24" s="119" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="120" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B25" s="121" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C25" s="122" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D25" s="123" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E25" s="124" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="125" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B26" s="126" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C26" s="127" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D26" s="128" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E26" s="129" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="130" t="s">
+        <v>105</v>
+      </c>
+      <c r="B27" s="131" t="s">
+        <v>106</v>
+      </c>
+      <c r="C27" s="132" t="s">
+        <v>59</v>
+      </c>
+      <c r="D27" s="133" t="s">
         <v>103</v>
       </c>
-      <c r="B27" s="131" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E27" s="134" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="135" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B28" s="136" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C28" s="137" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="138" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E28" s="139" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="140" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B29" s="141" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C29" s="142" t="s">
-        <v>53</v>
+        <v>7</v>
       </c>
       <c r="D29" s="143" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E29" s="144" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="145" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B30" s="146" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C30" s="147" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D30" s="148" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E30" s="149" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="150" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B31" s="151" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C31" s="152" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D31" s="153" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E31" s="154" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="155" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B32" s="156" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C32" s="157" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D32" s="158" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E32" s="159" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="160" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B33" s="161" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C33" s="162" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D33" s="163" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E33" s="164" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="165" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B34" s="166" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C34" s="167" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D34" s="168" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E34" s="169" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="170" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B35" s="171" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C35" s="172" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D35" s="173" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E35" s="174" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="175" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B36" s="176" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C36" s="177" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D36" s="178" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E36" s="179" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="180" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B37" s="181" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C37" s="182" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D37" s="183" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E37" s="184" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="185" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B38" s="186" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C38" s="187" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D38" s="188" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E38" s="189" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="190" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B39" s="191" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C39" s="192" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D39" s="193" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E39" s="194" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="195" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B40" s="196" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C40" s="197" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D40" s="198" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E40" s="199" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="200" t="s">
+        <v>160</v>
+      </c>
+      <c r="B41" s="201" t="s">
+        <v>161</v>
+      </c>
+      <c r="C41" s="202" t="s">
+        <v>59</v>
+      </c>
+      <c r="D41" s="203" t="s">
+        <v>162</v>
+      </c>
+      <c r="E41" s="204" t="s">
         <v>159</v>
-      </c>
-[...10 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="205" t="s">
         <v>163</v>
       </c>
       <c r="B42" s="206" t="s">
         <v>164</v>
       </c>
       <c r="C42" s="207" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D42" s="208" t="s">
         <v>165</v>
       </c>
       <c r="E42" s="209" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="210" t="s">
         <v>167</v>
       </c>
       <c r="B43" s="211" t="s">
         <v>168</v>
       </c>
       <c r="C43" s="212" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D43" s="213" t="s">
         <v>169</v>
       </c>
       <c r="E43" s="214" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="215" t="s">
         <v>171</v>
       </c>
       <c r="B44" s="216" t="s">
         <v>172</v>
       </c>
       <c r="C44" s="217" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D44" s="218" t="s">
         <v>173</v>
       </c>
       <c r="E44" s="219" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="220" t="s">
         <v>175</v>
       </c>
       <c r="B45" s="221" t="s">
         <v>176</v>
       </c>
       <c r="C45" s="222" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D45" s="223" t="s">
-        <v>101</v>
+        <v>177</v>
       </c>
       <c r="E45" s="224" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="225" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B46" s="226" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C46" s="227" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D46" s="228" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E46" s="229" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="230" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B47" s="231" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C47" s="232" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D47" s="233" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E47" s="234" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="235" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B48" s="236" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C48" s="237" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D48" s="238" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="E48" s="239" t="s">
-        <v>189</v>
+        <v>73</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="240" t="s">
+        <v>189</v>
+      </c>
+      <c r="B49" s="241" t="s">
         <v>190</v>
       </c>
-      <c r="B49" s="241" t="s">
+      <c r="C49" s="242" t="s">
+        <v>59</v>
+      </c>
+      <c r="D49" s="243" t="s">
         <v>191</v>
       </c>
-      <c r="C49" s="242" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E49" s="244" t="s">
-        <v>193</v>
+        <v>88</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="245" t="s">
+        <v>192</v>
+      </c>
+      <c r="B50" s="246" t="s">
+        <v>193</v>
+      </c>
+      <c r="C50" s="247" t="s">
+        <v>59</v>
+      </c>
+      <c r="D50" s="248" t="s">
         <v>194</v>
       </c>
-      <c r="B50" s="246" t="s">
+      <c r="E50" s="249" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="250" t="s">
+        <v>196</v>
+      </c>
+      <c r="B51" s="251" t="s">
+        <v>197</v>
+      </c>
+      <c r="C51" s="252" t="s">
+        <v>59</v>
+      </c>
+      <c r="D51" s="253" t="s">
         <v>198</v>
       </c>
-      <c r="B51" s="251" t="s">
+      <c r="E51" s="254" t="s">
         <v>199</v>
-      </c>
-[...7 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="255" t="s">
+        <v>200</v>
+      </c>
+      <c r="B52" s="256" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="C52" s="257" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="258" t="s">
+        <v>202</v>
+      </c>
+      <c r="E52" s="259" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="260" t="s">
+        <v>204</v>
+      </c>
+      <c r="B53" s="261" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="C53" s="262" t="s">
         <v>7</v>
       </c>
       <c r="D53" s="263" t="s">
-        <v>35</v>
+        <v>206</v>
       </c>
       <c r="E53" s="264" t="s">
-        <v>207</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="265" t="s">
+        <v>207</v>
+      </c>
+      <c r="B54" s="266" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C54" s="267" t="s">
         <v>7</v>
       </c>
       <c r="D54" s="268" t="s">
-        <v>27</v>
+        <v>209</v>
       </c>
       <c r="E54" s="269" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="270" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B55" s="271" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C55" s="272" t="s">
         <v>7</v>
       </c>
       <c r="D55" s="273" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E55" s="274" t="s">
-        <v>181</v>
+        <v>213</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="275" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B56" s="276" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C56" s="277" t="s">
-        <v>7</v>
+        <v>59</v>
       </c>
       <c r="D56" s="278" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E56" s="279" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="280" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B57" s="281" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C57" s="282" t="s">
-        <v>7</v>
+        <v>59</v>
       </c>
       <c r="D57" s="283" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E57" s="284" t="s">
-        <v>219</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="285" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B58" s="286" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C58" s="287" t="s">
-        <v>7</v>
+        <v>59</v>
       </c>
       <c r="D58" s="288" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E58" s="289" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="290" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B59" s="291" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C59" s="292" t="s">
         <v>7</v>
       </c>
       <c r="D59" s="293" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E59" s="294" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="295" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B60" s="296" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C60" s="297" t="s">
-        <v>7</v>
+        <v>59</v>
       </c>
       <c r="D60" s="298" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E60" s="299" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="300" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B61" s="301" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C61" s="302" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="303" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E61" s="304" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="305" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B62" s="306" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C62" s="307" t="s">
-        <v>7</v>
+        <v>59</v>
       </c>
       <c r="D62" s="308" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E62" s="309" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      <c r="A64" s="4" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="310" t="s">
         <v>240</v>
+      </c>
+      <c r="B63" s="311" t="s">
+        <v>241</v>
+      </c>
+      <c r="C63" s="312" t="s">
+        <v>59</v>
+      </c>
+      <c r="D63" s="313" t="s">
+        <v>242</v>
+      </c>
+      <c r="E63" s="314" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="4" t="s">
+        <v>244</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A64:G154"/>
+    <mergeCell ref="A65:G155"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <q1:Properties xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:q1="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">