--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -7,1697 +7,1751 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="Compare" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="703" uniqueCount="553">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="716" uniqueCount="571">
   <si>
     <t xml:space="preserve">統一系列基金績效總覽：</t>
   </si>
   <si>
     <t xml:space="preserve">基金名稱</t>
   </si>
   <si>
     <t xml:space="preserve">三個月</t>
   </si>
   <si>
     <t xml:space="preserve">六個月</t>
   </si>
   <si>
     <t xml:space="preserve">一年</t>
   </si>
   <si>
     <t xml:space="preserve">兩年</t>
   </si>
   <si>
     <t xml:space="preserve">三年</t>
   </si>
   <si>
     <t xml:space="preserve">五年</t>
   </si>
   <si>
     <t xml:space="preserve">01YTW統一統信基金</t>
   </si>
   <si>
-    <t xml:space="preserve">25.49%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">220.19%</t>
+    <t xml:space="preserve">19.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">62.32%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">52.99%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">93.47%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">191.28%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">239.39%</t>
   </si>
   <si>
     <t xml:space="preserve">02ITW統一全天候基金（Ｉ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">31.78%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">177.23%</t>
+    <t xml:space="preserve">25.23%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">74.25%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">61.27%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">83.43%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">179.99%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">211.86%</t>
   </si>
   <si>
     <t xml:space="preserve">02YTW統一全天候基金（Ａ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">31.57%</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">51.96%</t>
+    <t xml:space="preserve">25.04%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">73.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">81.24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">175%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">202.64%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">03YTW統一黑馬基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.13%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">65.39%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">52.08%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">80.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">159.78%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">324.82%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">04YTW統一龍馬基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70.45%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">54.82%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">95.44%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">142.41%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">209.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">05YTW統一強棒貨幣市場基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.38%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.76%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.55%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.97%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.15%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.76%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">06YTW統一中小基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27.91%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70.49%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48.66%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">66.69%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">149.31%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">195.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">09STW統一經建基金（Ｓ類型）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">09YTW統一經建基金（Ａ類型）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.03%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">74.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">68.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">104.11%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">191.49%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">260.15%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10YTW統一奔騰基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70.83%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">59.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">99.46%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">211.64%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">420.46%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11TTW統一大滿貫基金（TISA類型）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11YTW統一大滿貫基金（Ａ類型）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">63.95%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51.06%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90.78%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">152.92%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">192.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12YTW統一亞太基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.97%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.23%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50.62%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">61.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20YTW統一全球債券組合基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.46%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.89%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.98%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-4.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21YCN統一強漢基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-4.71%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.86%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29.92%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">54.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">56.87%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21YTW統一強漢基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.47%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.48%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31.46%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">58.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">58.92%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21YUS統一強漢基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-4.01%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.38%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.82%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55.94%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45.85%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22TTW統一台灣動力基金（TISA類型）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22YTW統一台灣動力基金（Ａ類型）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21.07%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">67.89%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">58.02%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">93%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200.98%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">289.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23YTW統一大龍印基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.89%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">72.89%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">112.84%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">104.92%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24YCN統一大中華中小基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.49%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">97.19%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">106.59%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">112.15%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24YTW統一大中華中小基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.28%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">59.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.45%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">99.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">111.83%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">114.98%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24YUS統一大中華中小基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.33%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">52.21%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34.79%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">98.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">108.39%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">97.18%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25YTW統一新亞洲科技能源基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">71.32%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">117.94%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">152.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">144.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27YTW統一亞洲大金磚基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36.07%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">39.28%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">46.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">56.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31YCN統一大龍騰中國基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36.15%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34.16%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.92%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-3.62%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31YTW統一大龍騰中國基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.47%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44.95%</t>
   </si>
   <si>
     <t xml:space="preserve">34.58%</t>
   </si>
   <si>
-    <t xml:space="preserve">49.46%</t>
-[...305 lines deleted...]
-    <t xml:space="preserve">24YCN統一大中華中小基金（人民幣）</t>
+    <t xml:space="preserve">35.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-2.33%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31YUS統一大龍騰中國基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.67%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38.18%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">39.06%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-10.39%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32ACN統一亞洲非投資等級債券基金－累積型（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.65%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.26%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.87%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.99%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-11.21%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32ATW統一亞洲非投資等級債券基金－累積型（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.88%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.21%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7.98%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-14.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32AUS統一亞洲非投資等級債券基金－累積型（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.68%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.13%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.41%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.32%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-15.86%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32BCN統一亞洲非投資等級債券基金－月配型（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.13%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.13%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.01%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7.13%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-11.09%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32BTW統一亞洲非投資等級債券基金－月配型（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.89%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7.99%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-14.68%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32BUS統一亞洲非投資等級債券基金－月配型（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.65%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.16%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.43%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.27%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-15.92%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33YCN統一全球新科技基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.12%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">47.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">39.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">107.19%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">151.18%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">135.14%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33YTW統一全球新科技基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.97%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">56.93%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">37.62%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">109.64%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">157.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">138.24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33YUS統一全球新科技基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49.55%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">42.23%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">108.66%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">153.43%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">118.65%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34ACN統一全球動態多重資產基金－累積型（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.49%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.25%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">65.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">83.13%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34ATW統一全球動態多重資產基金－累積型（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.29%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.99%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">68.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">87.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">56.63%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34AUS統一全球動態多重資產基金－累積型（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.32%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34.71%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">67.31%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">84.94%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43.75%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34BCN統一全球動態多重資產基金－月配型（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32.54%</t>
   </si>
   <si>
     <t xml:space="preserve">26.27%</t>
   </si>
   <si>
-    <t xml:space="preserve">42.35%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">24YTW統一大中華中小基金（新台幣）</t>
+    <t xml:space="preserve">65.82%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">83.15%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">54.55%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34BTW統一全球動態多重資產基金－月配型（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">87.97%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">56.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34BUS統一全球動態多重資產基金－月配型（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29.16%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">67.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">84.93%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43.76%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35YCN統一大東協高股息基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.73%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21.41%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32.32%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36.48%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">53.92%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35YTW統一大東協高股息基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27.01%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.08%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33.88%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">39.87%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35YUS統一大東協高股息基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7.51%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33.21%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">37.65%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43.08%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38YCN統一全球智聯網AIoT基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40.85%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">80.98%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">85.47%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38YTW統一全球智聯網AIoT基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.28%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50.14%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">85.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">87.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38YUS統一全球智聯網AIoT基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.28%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43.06%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33.06%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49.42%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">82.62%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">72.43%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45ATW統一台灣高息優選基金－累積型</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.55%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44.25%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">39.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">72.57%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45BTW統一台灣高息優選基金－月配型</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.56%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44.35%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">39.18%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">72.63%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48ATW統一優選低波多重資產基金－累積型</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.02%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48BTW統一優選低波多重資產基金－月配型</t>
+  </si>
+  <si>
+    <t xml:space="preserve"/>
+  </si>
+  <si>
+    <t xml:space="preserve">自今年以來報酬率</t>
+  </si>
+  <si>
+    <t xml:space="preserve">自成立日起報酬率</t>
+  </si>
+  <si>
+    <t xml:space="preserve">年化標準差(12Mo)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sharpe值(12Mo)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beta值(12Mo)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43.47%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3784.15%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.0426</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4065</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.169</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51.02%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">287.81%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3683</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2182</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50.19%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5018.56%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.519</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3615</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2178</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44.82%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4371.86%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.6075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3709</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1871</t>
+  </si>
+  <si>
+    <t xml:space="preserve">46.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3263.52%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.0387</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4265</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1424</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.41%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">76.38%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.0447</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35.99%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">896%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28.0725</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2919</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2959</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55.51%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2089.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.1655</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4361</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1745</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49.36%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3932%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.2365</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1761</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43.59%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1210.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.0636</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1296</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">434.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3497</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9927</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.39%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.71%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.5526</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.1207</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.18%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">215.19%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.9477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.1981</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9569</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.79%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">624.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.2957</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.7077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">174.52%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.8534</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.232</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.0579</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48.71%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">945.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.2521</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.389</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2349</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">312.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.8383</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3954</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.8116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29.08%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">164.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.0404</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.418</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.4246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27.58%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">247.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.9443</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4253</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.179</t>
   </si>
   <si>
     <t xml:space="preserve">33.16%</t>
   </si>
   <si>
-    <t xml:space="preserve">21.8%</t>
-[...311 lines deleted...]
-    <t xml:space="preserve">16.03%</t>
+    <t xml:space="preserve">135.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.177</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4479</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.5289</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45.25%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">591.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.3398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4882</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2112</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.76%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">148.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.3899</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3518</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.6279</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.2841</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.7448</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32.92%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2333</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38.76%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33.23%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.4888</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2506</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.8429</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.87%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.3627</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.1822</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.47%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-4.88%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.2498</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2809</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.95%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.79%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.9357</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4199</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.3567</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.1859</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-4.81%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.2513</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.98%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.9448</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4179</t>
+  </si>
+  <si>
+    <t xml:space="preserve">37.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">614.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.9597</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.4987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36.03%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">537.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.3578</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.5006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2485</t>
+  </si>
+  <si>
+    <t xml:space="preserve">42.01%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">553.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.6944</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.5061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.78%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">86.49%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.0938</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4148</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1791</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">77.79%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.2622</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4668</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9316</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.26%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">75.21%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.0105</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.464</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.288</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.79%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">86.43%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.0994</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1794</t>
+  </si>
+  <si>
+    <t xml:space="preserve">77.67%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.2648</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4669</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">75.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.0146</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4639</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2884</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">64.84%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9.4084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3722</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.6124</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.98%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.2707</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3925</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.358</t>
   </si>
   <si>
     <t xml:space="preserve">25.15%</t>
   </si>
   <si>
-    <t xml:space="preserve">14.52%</t>
-[...908 lines deleted...]
-    <t xml:space="preserve">3.22%</t>
+    <t xml:space="preserve">48.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.0329</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.7095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">169.57%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.957</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2926</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1668</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">176.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.1285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.317</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9147</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29.63%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">171.56%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.8064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2705</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31.16%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">79.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.0215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4267</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9585</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">79.36%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4273</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.959</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.75%</t>
   </si>
   <si>
     <t xml:space="preserve">僅為揭示基金經理公司以往之經理績效，投資人因不同時間進場，將有不同之投資績效，過去之績效亦不代表未來績效之保證。</t>
   </si>
   <si>
-    <t xml:space="preserve">資料來源：Morningstar、投信投顧公會更新日期：2025/09/30</t>
+    <t xml:space="preserve">資料來源：Morningstar、投信投顧公會更新日期：2025/11/28</t>
   </si>
   <si>
     <t xml:space="preserve">  標準差係衡量報酬率的波動程度，為一個常用的風險指標，所謂『年化』是代表基金近一年報酬率平均值。年化標準差越高，代表報酬率波動越大。平均報酬率加上兩個標準差大約是最佳狀況時的報酬率；平均報酬率減去兩個標準差大約是最差狀況時的報酬率。換言之，四個標準差大約是最好與最壞時的差距。例如：某基金的標準差為26.38%，表示該基金最好年份的年報酬率與最壞年份約差106 %（26.38% ×4 = 105.52%）。</t>
   </si>
   <si>
     <t xml:space="preserve">  夏普指數（Sharpe ratio）目的是在衡量固定每單位風險之下所能獲得的超額報酬，所謂超額報酬為基金過去一年平均月報酬率，超過一個月定存利率部分，為一經風險調整後之績效指標。夏普指數代表投資人每多承擔一分風險，可以拿到幾分報酬；若為正值，代表基金報酬率高過波動風險；若為負值，代表基金操作風險大過於報酬率。</t>
   </si>
   <si>
     <t xml:space="preserve">  Beta指數（Beta Coefficient）用來衡量個別股票或股票基金相對於整個股市價格波動的情形。所顯示的是各基金的屬性，以台灣為例，通常以台灣加權股價指數Beta指數為1。若某共同基金的Beta指數為2，表示波動情形是股市的兩倍；反之，若某基金的Beta指數為0.5，則波動情形為股市的二分之一。Beta指數愈大代表基金報酬率受大盤漲跌的影響愈大。大於1者，表示該基金攻擊性較強，係屬於積極成長性基金；小於1者，則是基金的防守性較佳，應是穩健型基金。</t>
   </si>
   <si>
     <t xml:space="preserve">
 	基金經金管會或其指定機構核准或同意生效，惟不表示絕無風險。由於非投資等級債券之信用評等未達投資等級或未經信用評等，且對利率變動的敏感度甚高，故基金可能會因利率上升、市場流動性下降，或債券發行機構違約不支付本金、利息或破產而蒙受虧損。基金不適合無法承擔相關風險之投資人。本公司以往之經理績效不保證基金之最低投資收益；本公司除盡善良管理人之注意義務外，不負責本基金之盈虧，亦不保證最低之收益，投資人申購前應詳閱基金公開說明書，基金應負擔之費用已揭露於基金公開說明書中。投資人可至本公司及基金銷售機構索取公開說明書或簡式公開說明書，或至本公司網站https://www.ezmoney.com.tw或公開資訊觀測站https://mopsplus.twse.com.tw自行下載。
 本文提及之經濟走勢預測不必然代表本基金之績效，本基金投資風險請詳閱基金公開說明書。本資料所述個別企業僅為說明或舉例之用，並無推薦之意，亦非本經理公司所經理之基金必然會投資之標的。投資人申購本基金係持有基金受益憑證，而非本文提及之投資資產或標的。投資人應留意衍生性工具 /證券相關商品等槓桿投資策略所可能產生之投資風險（詳見公開說明書）。
 基金配息不代表基金實際報酬，且過去配息不代表未來配息；基金淨值可能因市場因素而上下波動，於配息時需一併注意基金淨值變動。
 投資人因不同時間進場，將有不同之投資績效，過去之績效亦不代表未來績效之保證。
 【基金風險報酬等級係參酌投信投顧公會所制定之基金風險等級分類(RR)標準，RR係計算過去5年基金淨值波動度標準差，以標準差區間予以分類等級，分類為RR1~RR5五級，數字越大代表風險越高。此等級分類係基於一般市場狀況反映市場價格波動風險，無法涵蓋所有風險(如：基金計價幣別匯率風險、投資標的產業風險、信用風險、利率風險、流動性風險等)，不宜作為投資唯一依據，投資人仍應注意所投資基金個別風險。】
 部份基金主要投資於新興市場國家之債券或非投資等級債券，可能產生之風險包括流動性不足風險、市場風險(含政治、利率、匯率等)、債券發行人違約之信用風險等風險，或可能因受益人大量買回，致延遲給付買回價款，遇前述風險時，基金之淨資產價值可能因此產生波動。
 部份基金可投資於美國144A債券，該債券較可能發生流動性不足，財務訊息不完整而導致波動較大之風險。
 統一亞洲非投資等級債券基金(原名:統一中國非投資等級債券基金)(基金之配息來源可能為本金)與統一全球動態多重資產基金(基金有相當比重投資於非投資等級之高風險債券且基金配息來源可能為本金)適合能承受較高風險之非保守型投資人，由於基金主要投資於新興市場國家之公司債券或非投資等級債券，故投資人投資本基金不宜占其投資組合過高之比重。
 部份基金投資地區包含大陸地區，可能因產業循環或非經濟因素導致價格劇烈波動，或市場機制不如已開發市場健全，而產生流動性不足風險，對基金報酬產生直接或間接之影響。
 【統一台灣高息優選基金（本基金並無保證收益及配息，配息來源可能為本金及收益平準金）】
 1、本基金配息級別投資所得之現金股利、利息收入、子基金收益、淨資本利得將分為12個月配發。
 2、淨資本利得係指基金配息級別資產投資於中華民國境內所得之已實現資本利得扣除已實現資本損失後為正，始可進行分配。
 3、經理公司得依本基金收益情況自行決定每次分配金額或不分配，故每次分配金額並非一定相同。
@@ -1809,51 +1863,51 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
     <border>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="682">
+  <cellXfs count="695">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
@@ -1974,50 +2028,71 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
@@ -3041,50 +3116,68 @@
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
@@ -3861,51 +3954,51 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1:H116"/>
+  <dimension ref="A1:H118"/>
   <sheetViews>
     <sheetView tabSelected="1" showRuler="1" showOutlineSymbols="1" defaultGridColor="1" colorId="64" zoomScale="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.43" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="1" collapsed="1"/>
     <col min="2" max="2" width="20" customWidth="1" collapsed="1"/>
     <col min="3" max="3" width="20" customWidth="1" collapsed="1"/>
     <col min="4" max="4" width="20" customWidth="1" collapsed="1"/>
     <col min="5" max="5" width="20" customWidth="1" collapsed="1"/>
     <col min="6" max="6" width="20" customWidth="1" collapsed="1"/>
     <col min="7" max="7" width="20" customWidth="1" collapsed="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
@@ -4073,2186 +4166,2229 @@
       </c>
       <c r="C9" s="49" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="50" t="s">
         <v>53</v>
       </c>
       <c r="E9" s="51" t="s">
         <v>54</v>
       </c>
       <c r="F9" s="52" t="s">
         <v>55</v>
       </c>
       <c r="G9" s="53" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="54" t="s">
         <v>57</v>
       </c>
       <c r="B10" s="55" t="s">
         <v>58</v>
       </c>
       <c r="C10" s="56" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D10" s="57" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E10" s="58" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F10" s="59" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="G10" s="60" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="61" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" s="62" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="63" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E11" s="65" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" s="66" t="s">
         <v>64</v>
       </c>
-      <c r="B11" s="62" t="s">
+      <c r="G11" s="67" t="s">
         <v>65</v>
-      </c>
-[...13 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="68" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" s="69" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" s="70" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" s="71" t="s">
+        <v>69</v>
+      </c>
+      <c r="E12" s="72" t="s">
         <v>70</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F12" s="73" t="s">
         <v>71</v>
       </c>
       <c r="G12" s="74" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="75" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B13" s="76" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="C13" s="77" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="D13" s="78" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="E13" s="79" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="F13" s="80" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="G13" s="81" t="s">
-        <v>78</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="82" t="s">
+        <v>74</v>
+      </c>
+      <c r="B14" s="83" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" s="85" t="s">
+        <v>77</v>
+      </c>
+      <c r="E14" s="86" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" s="87" t="s">
         <v>79</v>
       </c>
-      <c r="B14" s="83" t="s">
+      <c r="G14" s="88" t="s">
         <v>80</v>
-      </c>
-[...13 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="89" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" s="90" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" s="91" t="s">
+        <v>83</v>
+      </c>
+      <c r="D15" s="92" t="s">
+        <v>84</v>
+      </c>
+      <c r="E15" s="93" t="s">
+        <v>85</v>
+      </c>
+      <c r="F15" s="94" t="s">
         <v>86</v>
       </c>
-      <c r="B15" s="90" t="s">
+      <c r="G15" s="95" t="s">
         <v>87</v>
-      </c>
-[...13 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="96" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" s="97" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" s="98" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" s="99" t="s">
+        <v>91</v>
+      </c>
+      <c r="E16" s="100" t="s">
+        <v>92</v>
+      </c>
+      <c r="F16" s="101" t="s">
         <v>93</v>
       </c>
-      <c r="B16" s="97" t="s">
+      <c r="G16" s="102" t="s">
         <v>94</v>
-      </c>
-[...13 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="103" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" s="104" t="s">
+        <v>96</v>
+      </c>
+      <c r="C17" s="105" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" s="106" t="s">
+        <v>98</v>
+      </c>
+      <c r="E17" s="107" t="s">
         <v>99</v>
       </c>
-      <c r="B17" s="104" t="s">
+      <c r="F17" s="108" t="s">
         <v>100</v>
       </c>
-      <c r="C17" s="105" t="s">
+      <c r="G17" s="109" t="s">
         <v>101</v>
-      </c>
-[...10 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="110" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" s="111" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" s="112" t="s">
+        <v>104</v>
+      </c>
+      <c r="D18" s="113" t="s">
+        <v>105</v>
+      </c>
+      <c r="E18" s="114" t="s">
         <v>106</v>
       </c>
-      <c r="B18" s="111" t="s">
+      <c r="F18" s="115" t="s">
         <v>107</v>
       </c>
-      <c r="C18" s="112" t="s">
+      <c r="G18" s="116" t="s">
         <v>108</v>
-      </c>
-[...10 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="117" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" s="118" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" s="119" t="s">
+        <v>111</v>
+      </c>
+      <c r="D19" s="120" t="s">
+        <v>112</v>
+      </c>
+      <c r="E19" s="121" t="s">
         <v>113</v>
       </c>
-      <c r="B19" s="118" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F19" s="122" t="s">
-        <v>71</v>
+        <v>114</v>
       </c>
       <c r="G19" s="123" t="s">
-        <v>71</v>
+        <v>115</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="124" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B20" s="125" t="s">
-        <v>115</v>
+        <v>58</v>
       </c>
       <c r="C20" s="126" t="s">
-        <v>116</v>
+        <v>58</v>
       </c>
       <c r="D20" s="127" t="s">
-        <v>117</v>
+        <v>58</v>
       </c>
       <c r="E20" s="128" t="s">
-        <v>118</v>
+        <v>58</v>
       </c>
       <c r="F20" s="129" t="s">
-        <v>119</v>
+        <v>58</v>
       </c>
       <c r="G20" s="130" t="s">
-        <v>120</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="131" t="s">
+        <v>117</v>
+      </c>
+      <c r="B21" s="132" t="s">
+        <v>118</v>
+      </c>
+      <c r="C21" s="133" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" s="134" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" s="135" t="s">
         <v>121</v>
       </c>
-      <c r="B21" s="132" t="s">
+      <c r="F21" s="136" t="s">
         <v>122</v>
       </c>
-      <c r="C21" s="133" t="s">
+      <c r="G21" s="137" t="s">
         <v>123</v>
-      </c>
-[...10 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="138" t="s">
+        <v>124</v>
+      </c>
+      <c r="B22" s="139" t="s">
+        <v>125</v>
+      </c>
+      <c r="C22" s="140" t="s">
+        <v>126</v>
+      </c>
+      <c r="D22" s="141" t="s">
+        <v>127</v>
+      </c>
+      <c r="E22" s="142" t="s">
         <v>128</v>
       </c>
-      <c r="B22" s="139" t="s">
+      <c r="F22" s="143" t="s">
         <v>129</v>
       </c>
-      <c r="C22" s="140" t="s">
+      <c r="G22" s="144" t="s">
         <v>130</v>
-      </c>
-[...10 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="145" t="s">
+        <v>131</v>
+      </c>
+      <c r="B23" s="146" t="s">
+        <v>132</v>
+      </c>
+      <c r="C23" s="147" t="s">
+        <v>133</v>
+      </c>
+      <c r="D23" s="148" t="s">
+        <v>134</v>
+      </c>
+      <c r="E23" s="149" t="s">
         <v>135</v>
       </c>
-      <c r="B23" s="146" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="147" t="s">
+      <c r="F23" s="150" t="s">
         <v>136</v>
       </c>
-      <c r="D23" s="148" t="s">
+      <c r="G23" s="151" t="s">
         <v>137</v>
-      </c>
-[...7 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="152" t="s">
+        <v>138</v>
+      </c>
+      <c r="B24" s="153" t="s">
+        <v>139</v>
+      </c>
+      <c r="C24" s="154" t="s">
+        <v>140</v>
+      </c>
+      <c r="D24" s="155" t="s">
         <v>141</v>
       </c>
-      <c r="B24" s="153" t="s">
+      <c r="E24" s="156" t="s">
         <v>142</v>
       </c>
-      <c r="C24" s="154" t="s">
+      <c r="F24" s="157" t="s">
         <v>143</v>
       </c>
-      <c r="D24" s="155" t="s">
+      <c r="G24" s="158" t="s">
         <v>144</v>
-      </c>
-[...7 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="159" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" s="160" t="s">
+        <v>146</v>
+      </c>
+      <c r="C25" s="161" t="s">
+        <v>147</v>
+      </c>
+      <c r="D25" s="162" t="s">
         <v>148</v>
       </c>
-      <c r="B25" s="160" t="s">
+      <c r="E25" s="163" t="s">
         <v>149</v>
       </c>
-      <c r="C25" s="161" t="s">
+      <c r="F25" s="164" t="s">
         <v>150</v>
       </c>
-      <c r="D25" s="162" t="s">
+      <c r="G25" s="165" t="s">
         <v>151</v>
-      </c>
-[...7 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="166" t="s">
+        <v>152</v>
+      </c>
+      <c r="B26" s="167" t="s">
+        <v>153</v>
+      </c>
+      <c r="C26" s="168" t="s">
+        <v>154</v>
+      </c>
+      <c r="D26" s="169" t="s">
         <v>155</v>
       </c>
-      <c r="B26" s="167" t="s">
+      <c r="E26" s="170" t="s">
         <v>156</v>
       </c>
-      <c r="C26" s="168" t="s">
+      <c r="F26" s="171" t="s">
         <v>157</v>
       </c>
-      <c r="D26" s="169" t="s">
+      <c r="G26" s="172" t="s">
         <v>158</v>
-      </c>
-[...7 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="173" t="s">
+        <v>159</v>
+      </c>
+      <c r="B27" s="174" t="s">
+        <v>82</v>
+      </c>
+      <c r="C27" s="175" t="s">
+        <v>160</v>
+      </c>
+      <c r="D27" s="176" t="s">
         <v>161</v>
       </c>
-      <c r="B27" s="174" t="s">
+      <c r="E27" s="177" t="s">
         <v>162</v>
       </c>
-      <c r="C27" s="175" t="s">
+      <c r="F27" s="178" t="s">
         <v>163</v>
       </c>
-      <c r="D27" s="176" t="s">
+      <c r="G27" s="179" t="s">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="180" t="s">
+        <v>165</v>
+      </c>
+      <c r="B28" s="181" t="s">
+        <v>166</v>
+      </c>
+      <c r="C28" s="182" t="s">
+        <v>167</v>
+      </c>
+      <c r="D28" s="183" t="s">
         <v>168</v>
       </c>
-      <c r="B28" s="181" t="s">
+      <c r="E28" s="184" t="s">
         <v>169</v>
       </c>
-      <c r="C28" s="182" t="s">
+      <c r="F28" s="185" t="s">
         <v>170</v>
       </c>
-      <c r="D28" s="183" t="s">
+      <c r="G28" s="186" t="s">
         <v>171</v>
-      </c>
-[...7 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="187" t="s">
+        <v>172</v>
+      </c>
+      <c r="B29" s="188" t="s">
+        <v>173</v>
+      </c>
+      <c r="C29" s="189" t="s">
+        <v>174</v>
+      </c>
+      <c r="D29" s="190" t="s">
         <v>175</v>
       </c>
-      <c r="B29" s="188" t="s">
+      <c r="E29" s="191" t="s">
         <v>176</v>
       </c>
-      <c r="C29" s="189" t="s">
+      <c r="F29" s="192" t="s">
         <v>177</v>
       </c>
-      <c r="D29" s="190" t="s">
+      <c r="G29" s="193" t="s">
         <v>178</v>
-      </c>
-[...7 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="194" t="s">
+        <v>179</v>
+      </c>
+      <c r="B30" s="195" t="s">
+        <v>180</v>
+      </c>
+      <c r="C30" s="196" t="s">
+        <v>181</v>
+      </c>
+      <c r="D30" s="197" t="s">
         <v>182</v>
       </c>
-      <c r="B30" s="195" t="s">
+      <c r="E30" s="198" t="s">
         <v>183</v>
       </c>
-      <c r="C30" s="196" t="s">
+      <c r="F30" s="199" t="s">
         <v>184</v>
       </c>
-      <c r="D30" s="197" t="s">
+      <c r="G30" s="200" t="s">
         <v>185</v>
-      </c>
-[...7 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="201" t="s">
+        <v>186</v>
+      </c>
+      <c r="B31" s="202" t="s">
+        <v>187</v>
+      </c>
+      <c r="C31" s="203" t="s">
+        <v>188</v>
+      </c>
+      <c r="D31" s="204" t="s">
         <v>189</v>
       </c>
-      <c r="B31" s="202" t="s">
+      <c r="E31" s="205" t="s">
         <v>190</v>
       </c>
-      <c r="C31" s="203" t="s">
+      <c r="F31" s="206" t="s">
         <v>191</v>
       </c>
-      <c r="D31" s="204" t="s">
+      <c r="G31" s="207" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="208" t="s">
+        <v>193</v>
+      </c>
+      <c r="B32" s="209" t="s">
+        <v>194</v>
+      </c>
+      <c r="C32" s="210" t="s">
         <v>195</v>
       </c>
-      <c r="B32" s="209" t="s">
+      <c r="D32" s="211" t="s">
         <v>196</v>
       </c>
-      <c r="C32" s="210" t="s">
-[...2 lines deleted...]
-      <c r="D32" s="211" t="s">
+      <c r="E32" s="212" t="s">
         <v>197</v>
       </c>
-      <c r="E32" s="212" t="s">
+      <c r="F32" s="213" t="s">
         <v>198</v>
       </c>
-      <c r="F32" s="213" t="s">
+      <c r="G32" s="214" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="215" t="s">
+        <v>200</v>
+      </c>
+      <c r="B33" s="216" t="s">
         <v>201</v>
       </c>
-      <c r="B33" s="216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="217" t="s">
-        <v>184</v>
+        <v>202</v>
       </c>
       <c r="D33" s="218" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E33" s="219" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="F33" s="220" t="s">
         <v>204</v>
       </c>
       <c r="G33" s="221" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="222" t="s">
         <v>206</v>
       </c>
       <c r="B34" s="223" t="s">
-        <v>190</v>
+        <v>207</v>
       </c>
       <c r="C34" s="224" t="s">
-        <v>191</v>
+        <v>208</v>
       </c>
       <c r="D34" s="225" t="s">
-        <v>192</v>
+        <v>209</v>
       </c>
       <c r="E34" s="226" t="s">
-        <v>193</v>
+        <v>210</v>
       </c>
       <c r="F34" s="227" t="s">
-        <v>158</v>
+        <v>211</v>
       </c>
       <c r="G34" s="228" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="229" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B35" s="230" t="s">
+        <v>194</v>
+      </c>
+      <c r="C35" s="231" t="s">
+        <v>214</v>
+      </c>
+      <c r="D35" s="232" t="s">
         <v>196</v>
       </c>
-      <c r="C35" s="231" t="s">
-[...2 lines deleted...]
-      <c r="D35" s="232" t="s">
+      <c r="E35" s="233" t="s">
         <v>197</v>
       </c>
-      <c r="E35" s="233" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="234" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="G35" s="235" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="236" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="B36" s="237" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="C36" s="238" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="D36" s="239" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="E36" s="240" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="F36" s="241" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="G36" s="242" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="243" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B37" s="244" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C37" s="245" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="D37" s="246" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E37" s="247" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="F37" s="248" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="G37" s="249" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="250" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B38" s="251" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="C38" s="252" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="D38" s="253" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="E38" s="254" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="F38" s="255" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="G38" s="256" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="257" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="B39" s="258" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C39" s="259" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="D39" s="260" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="E39" s="261" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="F39" s="262" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="G39" s="263" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="264" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="B40" s="265" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="C40" s="266" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="D40" s="267" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="E40" s="268" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="F40" s="269" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="G40" s="270" t="s">
-        <v>246</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="271" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="B41" s="272" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C41" s="273" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="D41" s="274" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="E41" s="275" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F41" s="276" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="G41" s="277" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="278" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B42" s="279" t="s">
-        <v>234</v>
+        <v>259</v>
       </c>
       <c r="C42" s="280" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="D42" s="281" t="s">
-        <v>236</v>
+        <v>261</v>
       </c>
       <c r="E42" s="282" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="F42" s="283" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="G42" s="284" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="285" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="B43" s="286" t="s">
-        <v>241</v>
+        <v>266</v>
       </c>
       <c r="C43" s="287" t="s">
-        <v>242</v>
+        <v>267</v>
       </c>
       <c r="D43" s="288" t="s">
-        <v>243</v>
+        <v>268</v>
       </c>
       <c r="E43" s="289" t="s">
-        <v>244</v>
+        <v>269</v>
       </c>
       <c r="F43" s="290" t="s">
-        <v>245</v>
+        <v>270</v>
       </c>
       <c r="G43" s="291" t="s">
-        <v>260</v>
+        <v>271</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="292" t="s">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="B44" s="293" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C44" s="294" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="D44" s="295" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="E44" s="296" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="F44" s="297" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="G44" s="298" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="299" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="B45" s="300" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="C45" s="301" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="D45" s="302" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="E45" s="303" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="F45" s="304" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="G45" s="305" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="306" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="B46" s="307" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="C46" s="308" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="D46" s="309" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="E46" s="310" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="F46" s="311" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="G46" s="312" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="313" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="B47" s="314" t="s">
-        <v>280</v>
+        <v>204</v>
       </c>
       <c r="C47" s="315" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="D47" s="316" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="E47" s="317" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="F47" s="318" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="G47" s="319" t="s">
-        <v>285</v>
+        <v>114</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="320" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="B48" s="321" t="s">
-        <v>53</v>
+        <v>293</v>
       </c>
       <c r="C48" s="322" t="s">
-        <v>287</v>
+        <v>118</v>
       </c>
       <c r="D48" s="323" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E48" s="324" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="F48" s="325" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="G48" s="326" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="327" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="B49" s="328" t="s">
-        <v>293</v>
+        <v>246</v>
       </c>
       <c r="C49" s="329" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="D49" s="330" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="E49" s="331" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="F49" s="332" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="G49" s="333" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="334" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="B50" s="335" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C50" s="336" t="s">
-        <v>108</v>
+        <v>306</v>
       </c>
       <c r="D50" s="337" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="E50" s="338" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="F50" s="339" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="G50" s="340" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="341" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="B51" s="342" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C51" s="343" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="D51" s="344" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="E51" s="345" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="F51" s="346" t="s">
-        <v>71</v>
+        <v>315</v>
       </c>
       <c r="G51" s="347" t="s">
-        <v>71</v>
+        <v>316</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="348" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="B52" s="349" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="C52" s="350" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="D52" s="351" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="E52" s="352" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="F52" s="353" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="G52" s="354" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="355" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="B53" s="356" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="C53" s="357" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="D53" s="358" t="s">
-        <v>71</v>
+        <v>325</v>
       </c>
       <c r="E53" s="359" t="s">
-        <v>71</v>
+        <v>326</v>
       </c>
       <c r="F53" s="360" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="G53" s="361" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="362" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="B54" s="363" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="C54" s="364" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="D54" s="365" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="E54" s="366" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="F54" s="367" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="G54" s="368" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="369" t="s">
-        <v>319</v>
-[...9 lines deleted...]
-      <c r="A57" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="B55" s="370" t="s">
+        <v>328</v>
+      </c>
+      <c r="C55" s="371" t="s">
+        <v>329</v>
+      </c>
+      <c r="D55" s="372" t="s">
+        <v>58</v>
+      </c>
+      <c r="E55" s="373" t="s">
+        <v>58</v>
+      </c>
+      <c r="F55" s="374" t="s">
+        <v>58</v>
+      </c>
+      <c r="G55" s="375" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="376" t="s">
+        <v>331</v>
+      </c>
+      <c r="B56" s="376"/>
+      <c r="C56" s="376"/>
+      <c r="D56" s="376"/>
+      <c r="E56" s="376"/>
+      <c r="F56" s="376"/>
+      <c r="G56" s="376"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B57" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D57" s="2" t="s">
+      <c r="B58" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="377" t="s">
+        <v>8</v>
+      </c>
+      <c r="B59" s="378" t="s">
+        <v>337</v>
+      </c>
+      <c r="C59" s="379" t="s">
+        <v>338</v>
+      </c>
+      <c r="D59" s="380" t="s">
+        <v>339</v>
+      </c>
+      <c r="E59" s="381" t="s">
+        <v>340</v>
+      </c>
+      <c r="F59" s="382" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="383" t="s">
+        <v>15</v>
+      </c>
+      <c r="B60" s="384" t="s">
+        <v>342</v>
+      </c>
+      <c r="C60" s="385" t="s">
+        <v>343</v>
+      </c>
+      <c r="D60" s="386" t="s">
+        <v>344</v>
+      </c>
+      <c r="E60" s="387" t="s">
+        <v>345</v>
+      </c>
+      <c r="F60" s="388" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="389" t="s">
+        <v>22</v>
+      </c>
+      <c r="B61" s="390" t="s">
+        <v>347</v>
+      </c>
+      <c r="C61" s="391" t="s">
+        <v>348</v>
+      </c>
+      <c r="D61" s="392" t="s">
+        <v>349</v>
+      </c>
+      <c r="E61" s="393" t="s">
+        <v>350</v>
+      </c>
+      <c r="F61" s="394" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="395" t="s">
+        <v>29</v>
+      </c>
+      <c r="B62" s="396" t="s">
+        <v>352</v>
+      </c>
+      <c r="C62" s="397" t="s">
+        <v>353</v>
+      </c>
+      <c r="D62" s="398" t="s">
+        <v>354</v>
+      </c>
+      <c r="E62" s="399" t="s">
+        <v>355</v>
+      </c>
+      <c r="F62" s="400" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="401" t="s">
+        <v>36</v>
+      </c>
+      <c r="B63" s="402" t="s">
+        <v>357</v>
+      </c>
+      <c r="C63" s="403" t="s">
+        <v>358</v>
+      </c>
+      <c r="D63" s="404" t="s">
+        <v>359</v>
+      </c>
+      <c r="E63" s="405" t="s">
+        <v>360</v>
+      </c>
+      <c r="F63" s="406" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="407" t="s">
+        <v>43</v>
+      </c>
+      <c r="B64" s="408" t="s">
+        <v>362</v>
+      </c>
+      <c r="C64" s="409" t="s">
+        <v>363</v>
+      </c>
+      <c r="D64" s="410" t="s">
+        <v>364</v>
+      </c>
+      <c r="E64" s="411" t="s">
+        <v>365</v>
+      </c>
+      <c r="F64" s="412" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="413" t="s">
+        <v>50</v>
+      </c>
+      <c r="B65" s="414" t="s">
+        <v>366</v>
+      </c>
+      <c r="C65" s="415" t="s">
+        <v>367</v>
+      </c>
+      <c r="D65" s="416" t="s">
+        <v>368</v>
+      </c>
+      <c r="E65" s="417" t="s">
+        <v>369</v>
+      </c>
+      <c r="F65" s="418" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="419" t="s">
+        <v>57</v>
+      </c>
+      <c r="B66" s="420" t="s">
+        <v>58</v>
+      </c>
+      <c r="C66" s="421" t="s">
+        <v>58</v>
+      </c>
+      <c r="D66" s="422" t="s">
+        <v>58</v>
+      </c>
+      <c r="E66" s="423" t="s">
+        <v>58</v>
+      </c>
+      <c r="F66" s="424" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="425" t="s">
+        <v>59</v>
+      </c>
+      <c r="B67" s="426" t="s">
+        <v>371</v>
+      </c>
+      <c r="C67" s="427" t="s">
+        <v>372</v>
+      </c>
+      <c r="D67" s="428" t="s">
+        <v>373</v>
+      </c>
+      <c r="E67" s="429" t="s">
+        <v>374</v>
+      </c>
+      <c r="F67" s="430" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="431" t="s">
+        <v>66</v>
+      </c>
+      <c r="B68" s="432" t="s">
+        <v>376</v>
+      </c>
+      <c r="C68" s="433" t="s">
+        <v>377</v>
+      </c>
+      <c r="D68" s="434" t="s">
+        <v>378</v>
+      </c>
+      <c r="E68" s="435" t="s">
+        <v>379</v>
+      </c>
+      <c r="F68" s="436" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="437" t="s">
+        <v>73</v>
+      </c>
+      <c r="B69" s="438" t="s">
+        <v>58</v>
+      </c>
+      <c r="C69" s="439" t="s">
+        <v>58</v>
+      </c>
+      <c r="D69" s="440" t="s">
+        <v>58</v>
+      </c>
+      <c r="E69" s="441" t="s">
+        <v>58</v>
+      </c>
+      <c r="F69" s="442" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="443" t="s">
+        <v>74</v>
+      </c>
+      <c r="B70" s="444" t="s">
+        <v>381</v>
+      </c>
+      <c r="C70" s="445" t="s">
+        <v>382</v>
+      </c>
+      <c r="D70" s="446" t="s">
+        <v>383</v>
+      </c>
+      <c r="E70" s="447" t="s">
+        <v>384</v>
+      </c>
+      <c r="F70" s="448" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="449" t="s">
+        <v>81</v>
+      </c>
+      <c r="B71" s="450" t="s">
+        <v>386</v>
+      </c>
+      <c r="C71" s="451" t="s">
+        <v>387</v>
+      </c>
+      <c r="D71" s="452" t="s">
+        <v>388</v>
+      </c>
+      <c r="E71" s="453" t="s">
+        <v>389</v>
+      </c>
+      <c r="F71" s="454" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="455" t="s">
+        <v>88</v>
+      </c>
+      <c r="B72" s="456" t="s">
+        <v>391</v>
+      </c>
+      <c r="C72" s="457" t="s">
+        <v>392</v>
+      </c>
+      <c r="D72" s="458" t="s">
+        <v>393</v>
+      </c>
+      <c r="E72" s="459" t="s">
+        <v>394</v>
+      </c>
+      <c r="F72" s="460" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="461" t="s">
+        <v>95</v>
+      </c>
+      <c r="B73" s="462" t="s">
+        <v>395</v>
+      </c>
+      <c r="C73" s="463" t="s">
+        <v>396</v>
+      </c>
+      <c r="D73" s="464" t="s">
+        <v>397</v>
+      </c>
+      <c r="E73" s="465" t="s">
+        <v>398</v>
+      </c>
+      <c r="F73" s="466" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="467" t="s">
+        <v>102</v>
+      </c>
+      <c r="B74" s="468" t="s">
+        <v>400</v>
+      </c>
+      <c r="C74" s="469" t="s">
+        <v>401</v>
+      </c>
+      <c r="D74" s="470" t="s">
+        <v>402</v>
+      </c>
+      <c r="E74" s="471" t="s">
+        <v>403</v>
+      </c>
+      <c r="F74" s="472" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="473" t="s">
+        <v>109</v>
+      </c>
+      <c r="B75" s="474" t="s">
+        <v>405</v>
+      </c>
+      <c r="C75" s="475" t="s">
+        <v>406</v>
+      </c>
+      <c r="D75" s="476" t="s">
+        <v>407</v>
+      </c>
+      <c r="E75" s="477" t="s">
+        <v>408</v>
+      </c>
+      <c r="F75" s="478" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="479" t="s">
+        <v>116</v>
+      </c>
+      <c r="B76" s="480" t="s">
+        <v>58</v>
+      </c>
+      <c r="C76" s="481" t="s">
+        <v>58</v>
+      </c>
+      <c r="D76" s="482" t="s">
+        <v>58</v>
+      </c>
+      <c r="E76" s="483" t="s">
+        <v>58</v>
+      </c>
+      <c r="F76" s="484" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="485" t="s">
+        <v>117</v>
+      </c>
+      <c r="B77" s="486" t="s">
+        <v>410</v>
+      </c>
+      <c r="C77" s="487" t="s">
+        <v>411</v>
+      </c>
+      <c r="D77" s="488" t="s">
+        <v>412</v>
+      </c>
+      <c r="E77" s="489" t="s">
+        <v>413</v>
+      </c>
+      <c r="F77" s="490" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="491" t="s">
+        <v>124</v>
+      </c>
+      <c r="B78" s="492" t="s">
+        <v>415</v>
+      </c>
+      <c r="C78" s="493" t="s">
+        <v>416</v>
+      </c>
+      <c r="D78" s="494" t="s">
+        <v>417</v>
+      </c>
+      <c r="E78" s="495" t="s">
+        <v>418</v>
+      </c>
+      <c r="F78" s="496" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="497" t="s">
+        <v>131</v>
+      </c>
+      <c r="B79" s="498" t="s">
+        <v>420</v>
+      </c>
+      <c r="C79" s="499" t="s">
+        <v>421</v>
+      </c>
+      <c r="D79" s="500" t="s">
+        <v>422</v>
+      </c>
+      <c r="E79" s="501" t="s">
+        <v>423</v>
+      </c>
+      <c r="F79" s="502" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="503" t="s">
+        <v>138</v>
+      </c>
+      <c r="B80" s="504" t="s">
+        <v>425</v>
+      </c>
+      <c r="C80" s="505" t="s">
+        <v>426</v>
+      </c>
+      <c r="D80" s="506" t="s">
+        <v>427</v>
+      </c>
+      <c r="E80" s="507" t="s">
+        <v>428</v>
+      </c>
+      <c r="F80" s="508" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="509" t="s">
+        <v>145</v>
+      </c>
+      <c r="B81" s="510" t="s">
+        <v>430</v>
+      </c>
+      <c r="C81" s="511" t="s">
+        <v>431</v>
+      </c>
+      <c r="D81" s="512" t="s">
+        <v>432</v>
+      </c>
+      <c r="E81" s="513" t="s">
+        <v>433</v>
+      </c>
+      <c r="F81" s="514" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="515" t="s">
+        <v>152</v>
+      </c>
+      <c r="B82" s="516" t="s">
+        <v>435</v>
+      </c>
+      <c r="C82" s="517" t="s">
+        <v>436</v>
+      </c>
+      <c r="D82" s="518" t="s">
+        <v>437</v>
+      </c>
+      <c r="E82" s="519" t="s">
+        <v>438</v>
+      </c>
+      <c r="F82" s="520" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="521" t="s">
+        <v>159</v>
+      </c>
+      <c r="B83" s="522" t="s">
+        <v>440</v>
+      </c>
+      <c r="C83" s="523" t="s">
+        <v>441</v>
+      </c>
+      <c r="D83" s="524" t="s">
+        <v>442</v>
+      </c>
+      <c r="E83" s="525" t="s">
+        <v>443</v>
+      </c>
+      <c r="F83" s="526" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="527" t="s">
+        <v>165</v>
+      </c>
+      <c r="B84" s="528" t="s">
+        <v>445</v>
+      </c>
+      <c r="C84" s="529" t="s">
+        <v>446</v>
+      </c>
+      <c r="D84" s="530" t="s">
+        <v>447</v>
+      </c>
+      <c r="E84" s="531" t="s">
+        <v>448</v>
+      </c>
+      <c r="F84" s="532" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="533" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" s="534" t="s">
+        <v>450</v>
+      </c>
+      <c r="C85" s="535" t="s">
+        <v>451</v>
+      </c>
+      <c r="D85" s="536" t="s">
+        <v>452</v>
+      </c>
+      <c r="E85" s="537" t="s">
+        <v>453</v>
+      </c>
+      <c r="F85" s="538" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="539" t="s">
+        <v>179</v>
+      </c>
+      <c r="B86" s="540" t="s">
+        <v>455</v>
+      </c>
+      <c r="C86" s="541" t="s">
+        <v>456</v>
+      </c>
+      <c r="D86" s="542" t="s">
+        <v>457</v>
+      </c>
+      <c r="E86" s="543" t="s">
+        <v>458</v>
+      </c>
+      <c r="F86" s="544" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="545" t="s">
+        <v>186</v>
+      </c>
+      <c r="B87" s="546" t="s">
+        <v>460</v>
+      </c>
+      <c r="C87" s="547" t="s">
+        <v>461</v>
+      </c>
+      <c r="D87" s="548" t="s">
+        <v>462</v>
+      </c>
+      <c r="E87" s="549" t="s">
+        <v>463</v>
+      </c>
+      <c r="F87" s="550" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="551" t="s">
+        <v>193</v>
+      </c>
+      <c r="B88" s="552" t="s">
+        <v>464</v>
+      </c>
+      <c r="C88" s="553" t="s">
+        <v>465</v>
+      </c>
+      <c r="D88" s="554" t="s">
+        <v>466</v>
+      </c>
+      <c r="E88" s="555" t="s">
+        <v>467</v>
+      </c>
+      <c r="F88" s="556" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="557" t="s">
+        <v>200</v>
+      </c>
+      <c r="B89" s="558" t="s">
+        <v>468</v>
+      </c>
+      <c r="C89" s="559" t="s">
+        <v>469</v>
+      </c>
+      <c r="D89" s="560" t="s">
+        <v>470</v>
+      </c>
+      <c r="E89" s="561" t="s">
+        <v>471</v>
+      </c>
+      <c r="F89" s="562" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="563" t="s">
+        <v>206</v>
+      </c>
+      <c r="B90" s="564" t="s">
+        <v>472</v>
+      </c>
+      <c r="C90" s="565" t="s">
+        <v>473</v>
+      </c>
+      <c r="D90" s="566" t="s">
+        <v>474</v>
+      </c>
+      <c r="E90" s="567" t="s">
+        <v>475</v>
+      </c>
+      <c r="F90" s="568" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="569" t="s">
+        <v>213</v>
+      </c>
+      <c r="B91" s="570" t="s">
+        <v>464</v>
+      </c>
+      <c r="C91" s="571" t="s">
+        <v>476</v>
+      </c>
+      <c r="D91" s="572" t="s">
+        <v>477</v>
+      </c>
+      <c r="E91" s="573" t="s">
+        <v>467</v>
+      </c>
+      <c r="F91" s="574" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="575" t="s">
+        <v>217</v>
+      </c>
+      <c r="B92" s="576" t="s">
+        <v>478</v>
+      </c>
+      <c r="C92" s="577" t="s">
+        <v>479</v>
+      </c>
+      <c r="D92" s="578" t="s">
+        <v>480</v>
+      </c>
+      <c r="E92" s="579" t="s">
+        <v>481</v>
+      </c>
+      <c r="F92" s="580" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="581" t="s">
+        <v>224</v>
+      </c>
+      <c r="B93" s="582" t="s">
+        <v>482</v>
+      </c>
+      <c r="C93" s="583" t="s">
+        <v>483</v>
+      </c>
+      <c r="D93" s="584" t="s">
+        <v>484</v>
+      </c>
+      <c r="E93" s="585" t="s">
+        <v>485</v>
+      </c>
+      <c r="F93" s="586" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="587" t="s">
+        <v>231</v>
+      </c>
+      <c r="B94" s="588" t="s">
+        <v>487</v>
+      </c>
+      <c r="C94" s="589" t="s">
+        <v>488</v>
+      </c>
+      <c r="D94" s="590" t="s">
+        <v>489</v>
+      </c>
+      <c r="E94" s="591" t="s">
+        <v>490</v>
+      </c>
+      <c r="F94" s="592" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="593" t="s">
+        <v>238</v>
+      </c>
+      <c r="B95" s="594" t="s">
+        <v>492</v>
+      </c>
+      <c r="C95" s="595" t="s">
+        <v>493</v>
+      </c>
+      <c r="D95" s="596" t="s">
+        <v>494</v>
+      </c>
+      <c r="E95" s="597" t="s">
+        <v>495</v>
+      </c>
+      <c r="F95" s="598" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="599" t="s">
+        <v>245</v>
+      </c>
+      <c r="B96" s="600" t="s">
+        <v>497</v>
+      </c>
+      <c r="C96" s="601" t="s">
+        <v>498</v>
+      </c>
+      <c r="D96" s="602" t="s">
+        <v>499</v>
+      </c>
+      <c r="E96" s="603" t="s">
+        <v>500</v>
+      </c>
+      <c r="F96" s="604" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="605" t="s">
+        <v>251</v>
+      </c>
+      <c r="B97" s="606" t="s">
+        <v>502</v>
+      </c>
+      <c r="C97" s="607" t="s">
+        <v>503</v>
+      </c>
+      <c r="D97" s="608" t="s">
+        <v>504</v>
+      </c>
+      <c r="E97" s="609" t="s">
+        <v>505</v>
+      </c>
+      <c r="F97" s="610" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="611" t="s">
+        <v>258</v>
+      </c>
+      <c r="B98" s="612" t="s">
+        <v>507</v>
+      </c>
+      <c r="C98" s="613" t="s">
+        <v>508</v>
+      </c>
+      <c r="D98" s="614" t="s">
+        <v>509</v>
+      </c>
+      <c r="E98" s="615" t="s">
+        <v>510</v>
+      </c>
+      <c r="F98" s="616" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="617" t="s">
+        <v>265</v>
+      </c>
+      <c r="B99" s="618" t="s">
+        <v>512</v>
+      </c>
+      <c r="C99" s="619" t="s">
+        <v>513</v>
+      </c>
+      <c r="D99" s="620" t="s">
+        <v>514</v>
+      </c>
+      <c r="E99" s="621" t="s">
+        <v>515</v>
+      </c>
+      <c r="F99" s="622" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="623" t="s">
+        <v>272</v>
+      </c>
+      <c r="B100" s="624" t="s">
+        <v>502</v>
+      </c>
+      <c r="C100" s="625" t="s">
+        <v>517</v>
+      </c>
+      <c r="D100" s="626" t="s">
+        <v>518</v>
+      </c>
+      <c r="E100" s="627" t="s">
+        <v>519</v>
+      </c>
+      <c r="F100" s="628" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="629" t="s">
+        <v>275</v>
+      </c>
+      <c r="B101" s="630" t="s">
+        <v>507</v>
+      </c>
+      <c r="C101" s="631" t="s">
+        <v>521</v>
+      </c>
+      <c r="D101" s="632" t="s">
+        <v>522</v>
+      </c>
+      <c r="E101" s="633" t="s">
+        <v>523</v>
+      </c>
+      <c r="F101" s="634" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="635" t="s">
+        <v>280</v>
+      </c>
+      <c r="B102" s="636" t="s">
+        <v>525</v>
+      </c>
+      <c r="C102" s="637" t="s">
+        <v>526</v>
+      </c>
+      <c r="D102" s="638" t="s">
+        <v>527</v>
+      </c>
+      <c r="E102" s="639" t="s">
+        <v>528</v>
+      </c>
+      <c r="F102" s="640" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="641" t="s">
+        <v>287</v>
+      </c>
+      <c r="B103" s="642" t="s">
+        <v>530</v>
+      </c>
+      <c r="C103" s="643" t="s">
+        <v>164</v>
+      </c>
+      <c r="D103" s="644" t="s">
+        <v>531</v>
+      </c>
+      <c r="E103" s="645" t="s">
+        <v>532</v>
+      </c>
+      <c r="F103" s="646" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="647" t="s">
+        <v>292</v>
+      </c>
+      <c r="B104" s="648" t="s">
+        <v>534</v>
+      </c>
+      <c r="C104" s="649" t="s">
+        <v>535</v>
+      </c>
+      <c r="D104" s="650" t="s">
+        <v>536</v>
+      </c>
+      <c r="E104" s="651" t="s">
+        <v>537</v>
+      </c>
+      <c r="F104" s="652" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="653" t="s">
+        <v>298</v>
+      </c>
+      <c r="B105" s="654" t="s">
+        <v>497</v>
+      </c>
+      <c r="C105" s="655" t="s">
+        <v>539</v>
+      </c>
+      <c r="D105" s="656" t="s">
+        <v>540</v>
+      </c>
+      <c r="E105" s="657" t="s">
+        <v>541</v>
+      </c>
+      <c r="F105" s="658" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="659" t="s">
+        <v>304</v>
+      </c>
+      <c r="B106" s="660" t="s">
+        <v>543</v>
+      </c>
+      <c r="C106" s="661" t="s">
+        <v>544</v>
+      </c>
+      <c r="D106" s="662" t="s">
+        <v>545</v>
+      </c>
+      <c r="E106" s="663" t="s">
+        <v>546</v>
+      </c>
+      <c r="F106" s="664" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="665" t="s">
+        <v>310</v>
+      </c>
+      <c r="B107" s="666" t="s">
+        <v>548</v>
+      </c>
+      <c r="C107" s="667" t="s">
+        <v>549</v>
+      </c>
+      <c r="D107" s="668" t="s">
+        <v>550</v>
+      </c>
+      <c r="E107" s="669" t="s">
+        <v>551</v>
+      </c>
+      <c r="F107" s="670" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="671" t="s">
+        <v>317</v>
+      </c>
+      <c r="B108" s="672" t="s">
+        <v>553</v>
+      </c>
+      <c r="C108" s="673" t="s">
+        <v>554</v>
+      </c>
+      <c r="D108" s="674" t="s">
+        <v>555</v>
+      </c>
+      <c r="E108" s="675" t="s">
+        <v>556</v>
+      </c>
+      <c r="F108" s="676" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="677" t="s">
         <v>322</v>
       </c>
-      <c r="E57" s="2" t="s">
-[...16 lines deleted...]
-      <c r="D58" s="373" t="s">
+      <c r="B109" s="678" t="s">
+        <v>558</v>
+      </c>
+      <c r="C109" s="679" t="s">
+        <v>559</v>
+      </c>
+      <c r="D109" s="680" t="s">
+        <v>560</v>
+      </c>
+      <c r="E109" s="681" t="s">
+        <v>561</v>
+      </c>
+      <c r="F109" s="682" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="683" t="s">
         <v>327</v>
       </c>
-      <c r="E58" s="374" t="s">
-[...10 lines deleted...]
-      <c r="B59" s="377" t="s">
+      <c r="B110" s="684" t="s">
+        <v>58</v>
+      </c>
+      <c r="C110" s="685" t="s">
+        <v>563</v>
+      </c>
+      <c r="D110" s="686" t="s">
+        <v>58</v>
+      </c>
+      <c r="E110" s="687" t="s">
+        <v>58</v>
+      </c>
+      <c r="F110" s="688" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="689" t="s">
         <v>330</v>
       </c>
-      <c r="C59" s="378" t="s">
-[...1022 lines deleted...]
-    <row r="113" ht="60" customHeight="1">
+      <c r="B111" s="690" t="s">
+        <v>58</v>
+      </c>
+      <c r="C111" s="691" t="s">
+        <v>564</v>
+      </c>
+      <c r="D111" s="692" t="s">
+        <v>58</v>
+      </c>
+      <c r="E111" s="693" t="s">
+        <v>58</v>
+      </c>
+      <c r="F111" s="694" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="3" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="113">
       <c r="A113" s="3" t="s">
-        <v>549</v>
-[...4 lines deleted...]
-        <v>550</v>
+        <v>566</v>
       </c>
     </row>
     <row r="115" ht="60" customHeight="1">
       <c r="A115" s="3" t="s">
-        <v>551</v>
-[...4 lines deleted...]
-        <v>552</v>
+        <v>567</v>
+      </c>
+    </row>
+    <row r="116" ht="60" customHeight="1">
+      <c r="A116" s="3" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="117" ht="60" customHeight="1">
+      <c r="A117" s="3" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="4" t="s">
+        <v>570</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A110:G110"/>
-    <mergeCell ref="A111:G111"/>
+    <mergeCell ref="A112:G112"/>
     <mergeCell ref="A113:G113"/>
-    <mergeCell ref="A114:G114"/>
     <mergeCell ref="A115:G115"/>
-    <mergeCell ref="A116:G196"/>
+    <mergeCell ref="A116:G116"/>
+    <mergeCell ref="A117:G117"/>
+    <mergeCell ref="A118:G198"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <q1:Properties xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:q1="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">