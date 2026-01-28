--- v1 (2025-12-13)
+++ v2 (2026-01-28)
@@ -7,1751 +7,1631 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="Compare" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="716" uniqueCount="571">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="716" uniqueCount="531">
   <si>
     <t xml:space="preserve">統一系列基金績效總覽：</t>
   </si>
   <si>
     <t xml:space="preserve">基金名稱</t>
   </si>
   <si>
     <t xml:space="preserve">三個月</t>
   </si>
   <si>
     <t xml:space="preserve">六個月</t>
   </si>
   <si>
     <t xml:space="preserve">一年</t>
   </si>
   <si>
     <t xml:space="preserve">兩年</t>
   </si>
   <si>
     <t xml:space="preserve">三年</t>
   </si>
   <si>
     <t xml:space="preserve">五年</t>
   </si>
   <si>
     <t xml:space="preserve">01YTW統一統信基金</t>
   </si>
   <si>
-    <t xml:space="preserve">19.2%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">239.39%</t>
+    <t xml:space="preserve">23.06%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">54.43%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49.97%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">94.26%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">229.91%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">242.3%</t>
   </si>
   <si>
     <t xml:space="preserve">02ITW統一全天候基金（Ｉ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">25.23%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">211.86%</t>
+    <t xml:space="preserve">27.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">67.64%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">58.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">86.02%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">215.58%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">193.81%</t>
   </si>
   <si>
     <t xml:space="preserve">02YTW統一全天候基金（Ａ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">25.04%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">202.64%</t>
+    <t xml:space="preserve">27.02%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">67.13%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">57.24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">83.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">209.94%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">185.12%</t>
   </si>
   <si>
     <t xml:space="preserve">03YTW統一黑馬基金</t>
   </si>
   <si>
-    <t xml:space="preserve">19.13%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">324.82%</t>
+    <t xml:space="preserve">25.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60.32%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">52.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">86.58%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">188.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300.45%</t>
   </si>
   <si>
     <t xml:space="preserve">04YTW統一龍馬基金</t>
   </si>
   <si>
-    <t xml:space="preserve">26.4%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">209.96%</t>
+    <t xml:space="preserve">26.79%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">93.23%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">167.83%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">205.65%</t>
   </si>
   <si>
     <t xml:space="preserve">05YTW統一強棒貨幣市場基金</t>
   </si>
   <si>
     <t xml:space="preserve">0.38%</t>
   </si>
   <si>
     <t xml:space="preserve">0.76%</t>
   </si>
   <si>
     <t xml:space="preserve">1.55%</t>
   </si>
   <si>
-    <t xml:space="preserve">2.97%</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">4.76%</t>
+    <t xml:space="preserve">3.01%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.88%</t>
   </si>
   <si>
     <t xml:space="preserve">06YTW統一中小基金</t>
   </si>
   <si>
-    <t xml:space="preserve">27.91%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">195.37%</t>
+    <t xml:space="preserve">30.51%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">61.46%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">72.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">173.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">180.8%</t>
   </si>
   <si>
     <t xml:space="preserve">09STW統一經建基金（Ｓ類型）</t>
   </si>
   <si>
     <t xml:space="preserve">-</t>
   </si>
   <si>
     <t xml:space="preserve">09YTW統一經建基金（Ａ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">25.03%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">260.15%</t>
+    <t xml:space="preserve">24.82%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">64.56%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">59.79%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">103.07%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">215.75%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">249.92%</t>
   </si>
   <si>
     <t xml:space="preserve">10YTW統一奔騰基金</t>
   </si>
   <si>
-    <t xml:space="preserve">22.54%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">420.46%</t>
+    <t xml:space="preserve">26%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">62.14%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55.07%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">99.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">241.98%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">392.55%</t>
   </si>
   <si>
     <t xml:space="preserve">11TTW統一大滿貫基金（TISA類型）</t>
   </si>
   <si>
     <t xml:space="preserve">11YTW統一大滿貫基金（Ａ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">20.74%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">192.96%</t>
+    <t xml:space="preserve">25.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">56.94%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48.24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">86.65%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">181.24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">191.68%</t>
   </si>
   <si>
     <t xml:space="preserve">12YTW統一亞太基金</t>
   </si>
   <si>
-    <t xml:space="preserve">12.97%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">48.4%</t>
+    <t xml:space="preserve">16.08%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">37.36%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.39%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">54.44%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">78.32%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">46.7%</t>
   </si>
   <si>
     <t xml:space="preserve">20YTW統一全球債券組合基金</t>
   </si>
   <si>
-    <t xml:space="preserve">2.46%</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">8.34%</t>
+    <t xml:space="preserve">1.76%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.45%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.66%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.25%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.76%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-4.88%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21YCN統一強漢基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-8.81%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.82%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.73%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31.14%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">73.36%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50.02%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21YTW統一強漢基金（新台幣）</t>
   </si>
   <si>
     <t xml:space="preserve">-4.17%</t>
   </si>
   <si>
-    <t xml:space="preserve">21YCN統一強漢基金（人民幣）</t>
-[...38 lines deleted...]
-    <t xml:space="preserve">58.92%</t>
+    <t xml:space="preserve">25.94%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.89%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36.13%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">76.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">54.77%</t>
   </si>
   <si>
     <t xml:space="preserve">21YUS統一強漢基金（美元）</t>
   </si>
   <si>
-    <t xml:space="preserve">-4.01%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">45.85%</t>
+    <t xml:space="preserve">-7.14%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.76%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.94%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33.08%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">72.41%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40.29%</t>
   </si>
   <si>
     <t xml:space="preserve">22TTW統一台灣動力基金（TISA類型）</t>
   </si>
   <si>
     <t xml:space="preserve">22YTW統一台灣動力基金（Ａ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">21.07%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">289.17%</t>
+    <t xml:space="preserve">25.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60.52%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">53.28%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">95.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">229.08%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">280.84%</t>
   </si>
   <si>
     <t xml:space="preserve">23YTW統一大龍印基金</t>
   </si>
   <si>
-    <t xml:space="preserve">15.89%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">104.92%</t>
+    <t xml:space="preserve">21.39%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">54.92%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36.44%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">82.82%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">137.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">107.89%</t>
   </si>
   <si>
     <t xml:space="preserve">24YCN統一大中華中小基金（人民幣）</t>
   </si>
   <si>
-    <t xml:space="preserve">10.49%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">112.15%</t>
+    <t xml:space="preserve">10.01%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38.91%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33.05%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">98.01%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">114.14%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">96.12%</t>
   </si>
   <si>
     <t xml:space="preserve">24YTW統一大中華中小基金（新台幣）</t>
   </si>
   <si>
-    <t xml:space="preserve">14.28%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">114.98%</t>
+    <t xml:space="preserve">15.61%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49.75%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33.31%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">105.55%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">118.02%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">102.45%</t>
   </si>
   <si>
     <t xml:space="preserve">24YUS統一大中華中小基金（美元）</t>
   </si>
   <si>
-    <t xml:space="preserve">11.33%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">97.18%</t>
+    <t xml:space="preserve">12.04%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">42.35%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38.99%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100.83%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">112.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">83.41%</t>
   </si>
   <si>
     <t xml:space="preserve">25YTW統一新亞洲科技能源基金</t>
   </si>
   <si>
-    <t xml:space="preserve">18.2%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">144.72%</t>
+    <t xml:space="preserve">19.97%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60.82%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">53.66%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">125.02%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">189.89%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">136.07%</t>
   </si>
   <si>
     <t xml:space="preserve">27YTW統一亞洲大金磚基金</t>
   </si>
   <si>
-    <t xml:space="preserve">36.07%</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">56.1%</t>
+    <t xml:space="preserve">13.89%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32.75%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.16%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41.43%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">47.51%</t>
   </si>
   <si>
     <t xml:space="preserve">31YCN統一大龍騰中國基金（人民幣）</t>
   </si>
   <si>
-    <t xml:space="preserve">7.8%</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">34.16%</t>
+    <t xml:space="preserve">7.78%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.93%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">39.94%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-11.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31YTW統一大龍騰中國基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41.24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40.25%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48.92%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.67%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-8.73%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31YUS統一大龍騰中國基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9.84%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">46.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.94%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-17.24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32ACN統一亞洲非投資等級債券基金－累積型（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-3.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.18%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.69%</t>
   </si>
   <si>
     <t xml:space="preserve">8.92%</t>
   </si>
   <si>
-    <t xml:space="preserve">-3.62%</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">34.58%</t>
+    <t xml:space="preserve">6.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-11.95%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32ATW統一亞洲非投資等級債券基金－累積型（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.78%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.68%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.62%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.75%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-14.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32AUS統一亞洲非投資等級債券基金－累積型（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.23%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.89%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.11%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.48%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-16.31%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32BCN統一亞洲非投資等級債券基金－月配型（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-3.42%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.06%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.57%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9.06%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.67%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-11.84%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32BTW統一亞洲非投資等級債券基金－月配型（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-14.84%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32BUS統一亞洲非投資等級債券基金－月配型（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.92%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.03%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.07%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.44%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-16.36%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33YCN統一全球新科技基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7.23%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31.88%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38.36%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">101.46%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">187.81%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">123.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33YTW統一全球新科技基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.71%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">42.18%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38.57%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">109.15%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">193.09%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">130.62%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33YUS統一全球新科技基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9.24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44.51%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">104.43%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">186.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">109.13%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34ACN統一全球動態多重資產基金－累積型（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.87%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">102.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51.55%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34ATW統一全球動態多重資產基金－累積型（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.64%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33.02%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.62%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">67.08%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">106.31%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55.73%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34AUS統一全球動態多重資產基金－累積型（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.52%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32.03%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">63.35%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">101.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34BCN統一全球動態多重資產基金－月配型（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.91%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.39%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.89%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60.76%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">102.12%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51.52%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34BTW統一全球動態多重資產基金－月配型（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33.01%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55.65%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34BUS統一全球動態多重資產基金－月配型（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.51%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">63.33%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">101.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41.25%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35YCN統一大東協高股息基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7.59%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.03%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.33%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32.35%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43.87%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35YTW統一大東協高股息基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.01%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.52%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">37.46%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">46.46%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">54.93%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35YUS統一大東協高股息基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9.58%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.87%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">43.15%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40.56%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38YCN統一全球智聯網AIoT基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31.16%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29.38%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48.21%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">105.49%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">77.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38YTW統一全球智聯網AIoT基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.98%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29.62%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">53.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">109.29%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">82.88%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38YUS統一全球智聯網AIoT基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.33%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34.47%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35.11%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50.45%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">104.47%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">65.85%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45ATW統一台灣高息優選基金－累積型</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.06%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38.79%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35.84%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">69.13%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45BTW統一台灣高息優選基金－月配型</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.99%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38.76%</t>
   </si>
   <si>
     <t xml:space="preserve">35.8%</t>
   </si>
   <si>
-    <t xml:space="preserve">11.72%</t>
-[...446 lines deleted...]
-    <t xml:space="preserve">72.63%</t>
+    <t xml:space="preserve">69.12%</t>
   </si>
   <si>
     <t xml:space="preserve">48ATW統一優選低波多重資產基金－累積型</t>
   </si>
   <si>
-    <t xml:space="preserve">9.37%</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">13.02%</t>
+    <t xml:space="preserve">10.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.68%</t>
   </si>
   <si>
     <t xml:space="preserve">48BTW統一優選低波多重資產基金－月配型</t>
   </si>
   <si>
     <t xml:space="preserve"/>
   </si>
   <si>
     <t xml:space="preserve">自今年以來報酬率</t>
   </si>
   <si>
     <t xml:space="preserve">自成立日起報酬率</t>
   </si>
   <si>
     <t xml:space="preserve">年化標準差(12Mo)</t>
   </si>
   <si>
     <t xml:space="preserve">Sharpe值(12Mo)</t>
   </si>
   <si>
     <t xml:space="preserve">Beta值(12Mo)</t>
   </si>
   <si>
-    <t xml:space="preserve">43.47%</t>
-[...398 lines deleted...]
-    <t xml:space="preserve">4.9357</t>
+    <t xml:space="preserve">3959.99%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.0537</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1594</t>
+  </si>
+  <si>
+    <t xml:space="preserve">306.25%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.5652</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.376</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5258.98%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.554</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3691</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2108</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4605.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.6627</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3891</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1854</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3360.85%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.0272</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4196</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1243</t>
+  </si>
+  <si>
+    <t xml:space="preserve">76.62%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.87</t>
+  </si>
+  <si>
+    <t xml:space="preserve">915.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27.9052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2807</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2150%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.1681</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.433</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1554</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4086.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.2375</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1626</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1252.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.9907</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">465.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.3979</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3674</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.0167</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21.04%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.4212</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.0795</t>
+  </si>
+  <si>
+    <t xml:space="preserve">224.97%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.9862</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9921</t>
+  </si>
+  <si>
+    <t xml:space="preserve">657%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.4367</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2492</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.7492</t>
+  </si>
+  <si>
+    <t xml:space="preserve">186.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.9635</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2442</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.0849</t>
+  </si>
+  <si>
+    <t xml:space="preserve">977.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.2347</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3964</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2197</t>
+  </si>
+  <si>
+    <t xml:space="preserve">342.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21.0895</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4305</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.8702</t>
+  </si>
+  <si>
+    <t xml:space="preserve">172.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.0382</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4206</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.5257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">263%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.9275</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4432</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2876</t>
+  </si>
+  <si>
+    <t xml:space="preserve">145.67%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.193</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4548</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.6217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">631.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.3771</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.5071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.3045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">157.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.4771</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3663</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.6459</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55.35%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.1276</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.276</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.8699</t>
+  </si>
+  <si>
+    <t xml:space="preserve">58.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.6612</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.6294</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40.39%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.4942</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9607</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.48%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.2097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.1128</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-4.05%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.2266</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2697</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.82%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.6507</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3873</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.2048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.1165</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-3.98%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.228</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2696</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.76%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.6594</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3853</t>
+  </si>
+  <si>
+    <t xml:space="preserve">617.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.0477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4475</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.6044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">549.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.3652</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4988</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.3604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">564.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.7168</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4922</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.7006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">86.63%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.1449</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3871</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2412</t>
+  </si>
+  <si>
+    <t xml:space="preserve">80.38%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.2724</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.461</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9991</t>
+  </si>
+  <si>
+    <t xml:space="preserve">77.59%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.9835</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4438</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.3408</t>
+  </si>
+  <si>
+    <t xml:space="preserve">86.59%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.1501</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2416</t>
+  </si>
+  <si>
+    <t xml:space="preserve">80.28%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.2749</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9994</t>
+  </si>
+  <si>
+    <t xml:space="preserve">77.63%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.9873</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.3411</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70.03%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9.411</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3724</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.6037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">63.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.5343</t>
   </si>
   <si>
     <t xml:space="preserve">0.4199</t>
   </si>
   <si>
-    <t xml:space="preserve">-0.22%</t>
-[...275 lines deleted...]
-    <t xml:space="preserve">10.75%</t>
+    <t xml:space="preserve">0.356</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.1535</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3989</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.6915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">177.28%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.9534</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2918</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2128</t>
+  </si>
+  <si>
+    <t xml:space="preserve">188.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.2092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3347</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9662</t>
+  </si>
+  <si>
+    <t xml:space="preserve">183.03%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.8441</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.326</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.3079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">85.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.8924</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4134</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9469</t>
+  </si>
+  <si>
+    <t xml:space="preserve">85.69%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.8591</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9471</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.26%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.27%</t>
   </si>
   <si>
     <t xml:space="preserve">僅為揭示基金經理公司以往之經理績效，投資人因不同時間進場，將有不同之投資績效，過去之績效亦不代表未來績效之保證。</t>
   </si>
   <si>
-    <t xml:space="preserve">資料來源：Morningstar、投信投顧公會更新日期：2025/11/28</t>
+    <t xml:space="preserve">資料來源：Morningstar、投信投顧公會更新日期：2025/12/31</t>
   </si>
   <si>
     <t xml:space="preserve">  標準差係衡量報酬率的波動程度，為一個常用的風險指標，所謂『年化』是代表基金近一年報酬率平均值。年化標準差越高，代表報酬率波動越大。平均報酬率加上兩個標準差大約是最佳狀況時的報酬率；平均報酬率減去兩個標準差大約是最差狀況時的報酬率。換言之，四個標準差大約是最好與最壞時的差距。例如：某基金的標準差為26.38%，表示該基金最好年份的年報酬率與最壞年份約差106 %（26.38% ×4 = 105.52%）。</t>
   </si>
   <si>
     <t xml:space="preserve">  夏普指數（Sharpe ratio）目的是在衡量固定每單位風險之下所能獲得的超額報酬，所謂超額報酬為基金過去一年平均月報酬率，超過一個月定存利率部分，為一經風險調整後之績效指標。夏普指數代表投資人每多承擔一分風險，可以拿到幾分報酬；若為正值，代表基金報酬率高過波動風險；若為負值，代表基金操作風險大過於報酬率。</t>
   </si>
   <si>
     <t xml:space="preserve">  Beta指數（Beta Coefficient）用來衡量個別股票或股票基金相對於整個股市價格波動的情形。所顯示的是各基金的屬性，以台灣為例，通常以台灣加權股價指數Beta指數為1。若某共同基金的Beta指數為2，表示波動情形是股市的兩倍；反之，若某基金的Beta指數為0.5，則波動情形為股市的二分之一。Beta指數愈大代表基金報酬率受大盤漲跌的影響愈大。大於1者，表示該基金攻擊性較強，係屬於積極成長性基金；小於1者，則是基金的防守性較佳，應是穩健型基金。</t>
   </si>
   <si>
     <t xml:space="preserve">
 	基金經金管會或其指定機構核准或同意生效，惟不表示絕無風險。由於非投資等級債券之信用評等未達投資等級或未經信用評等，且對利率變動的敏感度甚高，故基金可能會因利率上升、市場流動性下降，或債券發行機構違約不支付本金、利息或破產而蒙受虧損。基金不適合無法承擔相關風險之投資人。本公司以往之經理績效不保證基金之最低投資收益；本公司除盡善良管理人之注意義務外，不負責本基金之盈虧，亦不保證最低之收益，投資人申購前應詳閱基金公開說明書，基金應負擔之費用已揭露於基金公開說明書中。投資人可至本公司及基金銷售機構索取公開說明書或簡式公開說明書，或至本公司網站https://www.ezmoney.com.tw或公開資訊觀測站https://mopsplus.twse.com.tw自行下載。
 本文提及之經濟走勢預測不必然代表本基金之績效，本基金投資風險請詳閱基金公開說明書。本資料所述個別企業僅為說明或舉例之用，並無推薦之意，亦非本經理公司所經理之基金必然會投資之標的。投資人申購本基金係持有基金受益憑證，而非本文提及之投資資產或標的。投資人應留意衍生性工具 /證券相關商品等槓桿投資策略所可能產生之投資風險（詳見公開說明書）。
 基金配息不代表基金實際報酬，且過去配息不代表未來配息；基金淨值可能因市場因素而上下波動，於配息時需一併注意基金淨值變動。
 投資人因不同時間進場，將有不同之投資績效，過去之績效亦不代表未來績效之保證。
 【基金風險報酬等級係參酌投信投顧公會所制定之基金風險等級分類(RR)標準，RR係計算過去5年基金淨值波動度標準差，以標準差區間予以分類等級，分類為RR1~RR5五級，數字越大代表風險越高。此等級分類係基於一般市場狀況反映市場價格波動風險，無法涵蓋所有風險(如：基金計價幣別匯率風險、投資標的產業風險、信用風險、利率風險、流動性風險等)，不宜作為投資唯一依據，投資人仍應注意所投資基金個別風險。】
 部份基金主要投資於新興市場國家之債券或非投資等級債券，可能產生之風險包括流動性不足風險、市場風險(含政治、利率、匯率等)、債券發行人違約之信用風險等風險，或可能因受益人大量買回，致延遲給付買回價款，遇前述風險時，基金之淨資產價值可能因此產生波動。
 部份基金可投資於美國144A債券，該債券較可能發生流動性不足，財務訊息不完整而導致波動較大之風險。
 統一亞洲非投資等級債券基金(原名:統一中國非投資等級債券基金)(基金之配息來源可能為本金)與統一全球動態多重資產基金(基金有相當比重投資於非投資等級之高風險債券且基金配息來源可能為本金)適合能承受較高風險之非保守型投資人，由於基金主要投資於新興市場國家之公司債券或非投資等級債券，故投資人投資本基金不宜占其投資組合過高之比重。
 部份基金投資地區包含大陸地區，可能因產業循環或非經濟因素導致價格劇烈波動，或市場機制不如已開發市場健全，而產生流動性不足風險，對基金報酬產生直接或間接之影響。
 【統一台灣高息優選基金（本基金並無保證收益及配息，配息來源可能為本金及收益平準金）】
 1、本基金配息級別投資所得之現金股利、利息收入、子基金收益、淨資本利得將分為12個月配發。
 2、淨資本利得係指基金配息級別資產投資於中華民國境內所得之已實現資本利得扣除已實現資本損失後為正，始可進行分配。
 3、經理公司得依本基金收益情況自行決定每次分配金額或不分配，故每次分配金額並非一定相同。
@@ -4554,63 +4434,63 @@
       </c>
       <c r="B26" s="167" t="s">
         <v>153</v>
       </c>
       <c r="C26" s="168" t="s">
         <v>154</v>
       </c>
       <c r="D26" s="169" t="s">
         <v>155</v>
       </c>
       <c r="E26" s="170" t="s">
         <v>156</v>
       </c>
       <c r="F26" s="171" t="s">
         <v>157</v>
       </c>
       <c r="G26" s="172" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="173" t="s">
         <v>159</v>
       </c>
       <c r="B27" s="174" t="s">
-        <v>82</v>
+        <v>160</v>
       </c>
       <c r="C27" s="175" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D27" s="176" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E27" s="177" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F27" s="178" t="s">
-        <v>163</v>
+        <v>25</v>
       </c>
       <c r="G27" s="179" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="180" t="s">
         <v>165</v>
       </c>
       <c r="B28" s="181" t="s">
         <v>166</v>
       </c>
       <c r="C28" s="182" t="s">
         <v>167</v>
       </c>
       <c r="D28" s="183" t="s">
         <v>168</v>
       </c>
       <c r="E28" s="184" t="s">
         <v>169</v>
       </c>
       <c r="F28" s="185" t="s">
         <v>170</v>
       </c>
       <c r="G28" s="186" t="s">
@@ -4701,218 +4581,218 @@
       </c>
       <c r="E32" s="212" t="s">
         <v>197</v>
       </c>
       <c r="F32" s="213" t="s">
         <v>198</v>
       </c>
       <c r="G32" s="214" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="215" t="s">
         <v>200</v>
       </c>
       <c r="B33" s="216" t="s">
         <v>201</v>
       </c>
       <c r="C33" s="217" t="s">
         <v>202</v>
       </c>
       <c r="D33" s="218" t="s">
         <v>203</v>
       </c>
       <c r="E33" s="219" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="F33" s="220" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G33" s="221" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="222" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B34" s="223" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C34" s="224" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D34" s="225" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E34" s="226" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F34" s="227" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G34" s="228" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="229" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B35" s="230" t="s">
         <v>194</v>
       </c>
       <c r="C35" s="231" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="D35" s="232" t="s">
         <v>196</v>
       </c>
       <c r="E35" s="233" t="s">
         <v>197</v>
       </c>
       <c r="F35" s="234" t="s">
+        <v>198</v>
+      </c>
+      <c r="G35" s="235" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="236" t="s">
+        <v>216</v>
+      </c>
+      <c r="B36" s="237" t="s">
         <v>217</v>
       </c>
-      <c r="B36" s="237" t="s">
+      <c r="C36" s="238" t="s">
         <v>218</v>
       </c>
-      <c r="C36" s="238" t="s">
+      <c r="D36" s="239" t="s">
         <v>219</v>
       </c>
-      <c r="D36" s="239" t="s">
+      <c r="E36" s="240" t="s">
         <v>220</v>
       </c>
-      <c r="E36" s="240" t="s">
+      <c r="F36" s="241" t="s">
         <v>221</v>
       </c>
-      <c r="F36" s="241" t="s">
+      <c r="G36" s="242" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="243" t="s">
+        <v>223</v>
+      </c>
+      <c r="B37" s="244" t="s">
         <v>224</v>
       </c>
-      <c r="B37" s="244" t="s">
+      <c r="C37" s="245" t="s">
         <v>225</v>
       </c>
-      <c r="C37" s="245" t="s">
+      <c r="D37" s="246" t="s">
         <v>226</v>
       </c>
-      <c r="D37" s="246" t="s">
+      <c r="E37" s="247" t="s">
         <v>227</v>
       </c>
-      <c r="E37" s="247" t="s">
+      <c r="F37" s="248" t="s">
         <v>228</v>
       </c>
-      <c r="F37" s="248" t="s">
+      <c r="G37" s="249" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="250" t="s">
+        <v>230</v>
+      </c>
+      <c r="B38" s="251" t="s">
         <v>231</v>
       </c>
-      <c r="B38" s="251" t="s">
+      <c r="C38" s="252" t="s">
         <v>232</v>
       </c>
-      <c r="C38" s="252" t="s">
+      <c r="D38" s="253" t="s">
         <v>233</v>
       </c>
-      <c r="D38" s="253" t="s">
+      <c r="E38" s="254" t="s">
         <v>234</v>
       </c>
-      <c r="E38" s="254" t="s">
+      <c r="F38" s="255" t="s">
         <v>235</v>
       </c>
-      <c r="F38" s="255" t="s">
+      <c r="G38" s="256" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="257" t="s">
+        <v>237</v>
+      </c>
+      <c r="B39" s="258" t="s">
         <v>238</v>
       </c>
-      <c r="B39" s="258" t="s">
+      <c r="C39" s="259" t="s">
         <v>239</v>
       </c>
-      <c r="C39" s="259" t="s">
+      <c r="D39" s="260" t="s">
         <v>240</v>
       </c>
-      <c r="D39" s="260" t="s">
+      <c r="E39" s="261" t="s">
         <v>241</v>
       </c>
-      <c r="E39" s="261" t="s">
+      <c r="F39" s="262" t="s">
         <v>242</v>
       </c>
-      <c r="F39" s="262" t="s">
+      <c r="G39" s="263" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="264" t="s">
+        <v>244</v>
+      </c>
+      <c r="B40" s="265" t="s">
         <v>245</v>
       </c>
-      <c r="B40" s="265" t="s">
+      <c r="C40" s="266" t="s">
         <v>246</v>
       </c>
-      <c r="C40" s="266" t="s">
+      <c r="D40" s="267" t="s">
         <v>247</v>
       </c>
-      <c r="D40" s="267" t="s">
+      <c r="E40" s="268" t="s">
         <v>248</v>
       </c>
-      <c r="E40" s="268" t="s">
+      <c r="F40" s="269" t="s">
         <v>249</v>
       </c>
-      <c r="F40" s="269" t="s">
+      <c r="G40" s="270" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="271" t="s">
         <v>251</v>
       </c>
       <c r="B41" s="272" t="s">
         <v>252</v>
       </c>
       <c r="C41" s="273" t="s">
         <v>253</v>
       </c>
       <c r="D41" s="274" t="s">
         <v>254</v>
       </c>
       <c r="E41" s="275" t="s">
         <v>255</v>
       </c>
       <c r="F41" s="276" t="s">
         <v>256</v>
       </c>
       <c r="G41" s="277" t="s">
         <v>257</v>
       </c>
     </row>
@@ -4948,1437 +4828,1437 @@
       </c>
       <c r="C43" s="287" t="s">
         <v>267</v>
       </c>
       <c r="D43" s="288" t="s">
         <v>268</v>
       </c>
       <c r="E43" s="289" t="s">
         <v>269</v>
       </c>
       <c r="F43" s="290" t="s">
         <v>270</v>
       </c>
       <c r="G43" s="291" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="292" t="s">
         <v>272</v>
       </c>
       <c r="B44" s="293" t="s">
         <v>252</v>
       </c>
       <c r="C44" s="294" t="s">
-        <v>253</v>
+        <v>273</v>
       </c>
       <c r="D44" s="295" t="s">
         <v>254</v>
       </c>
       <c r="E44" s="296" t="s">
         <v>255</v>
       </c>
       <c r="F44" s="297" t="s">
-        <v>273</v>
+        <v>256</v>
       </c>
       <c r="G44" s="298" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="299" t="s">
         <v>275</v>
       </c>
       <c r="B45" s="300" t="s">
         <v>259</v>
       </c>
       <c r="C45" s="301" t="s">
-        <v>260</v>
+        <v>276</v>
       </c>
       <c r="D45" s="302" t="s">
-        <v>276</v>
+        <v>261</v>
       </c>
       <c r="E45" s="303" t="s">
         <v>277</v>
       </c>
       <c r="F45" s="304" t="s">
         <v>278</v>
       </c>
       <c r="G45" s="305" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="306" t="s">
         <v>280</v>
       </c>
       <c r="B46" s="307" t="s">
         <v>281</v>
       </c>
       <c r="C46" s="308" t="s">
         <v>282</v>
       </c>
       <c r="D46" s="309" t="s">
         <v>283</v>
       </c>
       <c r="E46" s="310" t="s">
         <v>284</v>
       </c>
       <c r="F46" s="311" t="s">
         <v>285</v>
       </c>
       <c r="G46" s="312" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="313" t="s">
         <v>287</v>
       </c>
       <c r="B47" s="314" t="s">
-        <v>204</v>
+        <v>288</v>
       </c>
       <c r="C47" s="315" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D47" s="316" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E47" s="317" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F47" s="318" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="G47" s="319" t="s">
-        <v>114</v>
+        <v>293</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="320" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B48" s="321" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C48" s="322" t="s">
-        <v>118</v>
+        <v>296</v>
       </c>
       <c r="D48" s="323" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="E48" s="324" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="F48" s="325" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="G48" s="326" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="327" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B49" s="328" t="s">
-        <v>246</v>
+        <v>302</v>
       </c>
       <c r="C49" s="329" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="D49" s="330" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="E49" s="331" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="F49" s="332" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="G49" s="333" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="334" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B50" s="335" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C50" s="336" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="D50" s="337" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="E50" s="338" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="F50" s="339" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="G50" s="340" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="341" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B51" s="342" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C51" s="343" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="D51" s="344" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="E51" s="345" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="F51" s="346" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="G51" s="347" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="348" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="B52" s="349" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="C52" s="350" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="D52" s="351" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="E52" s="352" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="F52" s="353" t="s">
         <v>58</v>
       </c>
       <c r="G52" s="354" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="355" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="B53" s="356" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="C53" s="357" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="D53" s="358" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="E53" s="359" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="F53" s="360" t="s">
         <v>58</v>
       </c>
       <c r="G53" s="361" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="362" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="B54" s="363" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="C54" s="364" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="D54" s="365" t="s">
         <v>58</v>
       </c>
       <c r="E54" s="366" t="s">
         <v>58</v>
       </c>
       <c r="F54" s="367" t="s">
         <v>58</v>
       </c>
       <c r="G54" s="368" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="369" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="B55" s="370" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="C55" s="371" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="D55" s="372" t="s">
         <v>58</v>
       </c>
       <c r="E55" s="373" t="s">
         <v>58</v>
       </c>
       <c r="F55" s="374" t="s">
         <v>58</v>
       </c>
       <c r="G55" s="375" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="376" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="B56" s="376"/>
       <c r="C56" s="376"/>
       <c r="D56" s="376"/>
       <c r="E56" s="376"/>
       <c r="F56" s="376"/>
       <c r="G56" s="376"/>
     </row>
     <row r="58">
       <c r="A58" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="377" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="378" t="s">
-        <v>337</v>
+        <v>11</v>
       </c>
       <c r="C59" s="379" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="D59" s="380" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="E59" s="381" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F59" s="382" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="383" t="s">
         <v>15</v>
       </c>
       <c r="B60" s="384" t="s">
-        <v>342</v>
+        <v>18</v>
       </c>
       <c r="C60" s="385" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D60" s="386" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="E60" s="387" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="F60" s="388" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="389" t="s">
         <v>22</v>
       </c>
       <c r="B61" s="390" t="s">
-        <v>347</v>
+        <v>25</v>
       </c>
       <c r="C61" s="391" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D61" s="392" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="E61" s="393" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="F61" s="394" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="395" t="s">
         <v>29</v>
       </c>
       <c r="B62" s="396" t="s">
-        <v>352</v>
+        <v>32</v>
       </c>
       <c r="C62" s="397" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D62" s="398" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E62" s="399" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F62" s="400" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="401" t="s">
         <v>36</v>
       </c>
       <c r="B63" s="402" t="s">
-        <v>357</v>
+        <v>39</v>
       </c>
       <c r="C63" s="403" t="s">
         <v>358</v>
       </c>
       <c r="D63" s="404" t="s">
         <v>359</v>
       </c>
       <c r="E63" s="405" t="s">
         <v>360</v>
       </c>
       <c r="F63" s="406" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="407" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="408" t="s">
+        <v>46</v>
+      </c>
+      <c r="C64" s="409" t="s">
         <v>362</v>
       </c>
-      <c r="C64" s="409" t="s">
+      <c r="D64" s="410" t="s">
         <v>363</v>
       </c>
-      <c r="D64" s="410" t="s">
+      <c r="E64" s="411" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F64" s="412" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="413" t="s">
         <v>50</v>
       </c>
       <c r="B65" s="414" t="s">
+        <v>53</v>
+      </c>
+      <c r="C65" s="415" t="s">
+        <v>365</v>
+      </c>
+      <c r="D65" s="416" t="s">
         <v>366</v>
       </c>
-      <c r="C65" s="415" t="s">
+      <c r="E65" s="417" t="s">
         <v>367</v>
       </c>
-      <c r="D65" s="416" t="s">
+      <c r="F65" s="418" t="s">
         <v>368</v>
-      </c>
-[...4 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="419" t="s">
         <v>57</v>
       </c>
       <c r="B66" s="420" t="s">
         <v>58</v>
       </c>
       <c r="C66" s="421" t="s">
         <v>58</v>
       </c>
       <c r="D66" s="422" t="s">
         <v>58</v>
       </c>
       <c r="E66" s="423" t="s">
         <v>58</v>
       </c>
       <c r="F66" s="424" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="425" t="s">
         <v>59</v>
       </c>
       <c r="B67" s="426" t="s">
+        <v>62</v>
+      </c>
+      <c r="C67" s="427" t="s">
+        <v>369</v>
+      </c>
+      <c r="D67" s="428" t="s">
+        <v>370</v>
+      </c>
+      <c r="E67" s="429" t="s">
         <v>371</v>
       </c>
-      <c r="C67" s="427" t="s">
+      <c r="F67" s="430" t="s">
         <v>372</v>
-      </c>
-[...7 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="431" t="s">
         <v>66</v>
       </c>
       <c r="B68" s="432" t="s">
+        <v>69</v>
+      </c>
+      <c r="C68" s="433" t="s">
+        <v>373</v>
+      </c>
+      <c r="D68" s="434" t="s">
+        <v>374</v>
+      </c>
+      <c r="E68" s="435" t="s">
+        <v>375</v>
+      </c>
+      <c r="F68" s="436" t="s">
         <v>376</v>
-      </c>
-[...10 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="437" t="s">
         <v>73</v>
       </c>
       <c r="B69" s="438" t="s">
         <v>58</v>
       </c>
       <c r="C69" s="439" t="s">
         <v>58</v>
       </c>
       <c r="D69" s="440" t="s">
         <v>58</v>
       </c>
       <c r="E69" s="441" t="s">
         <v>58</v>
       </c>
       <c r="F69" s="442" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="443" t="s">
         <v>74</v>
       </c>
       <c r="B70" s="444" t="s">
-        <v>381</v>
+        <v>77</v>
       </c>
       <c r="C70" s="445" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="D70" s="446" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="E70" s="447" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="F70" s="448" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="449" t="s">
         <v>81</v>
       </c>
       <c r="B71" s="450" t="s">
-        <v>386</v>
+        <v>84</v>
       </c>
       <c r="C71" s="451" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="D71" s="452" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="E71" s="453" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="F71" s="454" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="455" t="s">
         <v>88</v>
       </c>
       <c r="B72" s="456" t="s">
-        <v>391</v>
+        <v>91</v>
       </c>
       <c r="C72" s="457" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="D72" s="458" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="E72" s="459" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="F72" s="460" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="461" t="s">
         <v>95</v>
       </c>
       <c r="B73" s="462" t="s">
-        <v>395</v>
+        <v>98</v>
       </c>
       <c r="C73" s="463" t="s">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="D73" s="464" t="s">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="E73" s="465" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="F73" s="466" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="467" t="s">
         <v>102</v>
       </c>
       <c r="B74" s="468" t="s">
-        <v>400</v>
+        <v>105</v>
       </c>
       <c r="C74" s="469" t="s">
-        <v>401</v>
+        <v>392</v>
       </c>
       <c r="D74" s="470" t="s">
-        <v>402</v>
+        <v>393</v>
       </c>
       <c r="E74" s="471" t="s">
-        <v>403</v>
+        <v>394</v>
       </c>
       <c r="F74" s="472" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="473" t="s">
         <v>109</v>
       </c>
       <c r="B75" s="474" t="s">
-        <v>405</v>
+        <v>112</v>
       </c>
       <c r="C75" s="475" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="D75" s="476" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="E75" s="477" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="F75" s="478" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="479" t="s">
         <v>116</v>
       </c>
       <c r="B76" s="480" t="s">
         <v>58</v>
       </c>
       <c r="C76" s="481" t="s">
         <v>58</v>
       </c>
       <c r="D76" s="482" t="s">
         <v>58</v>
       </c>
       <c r="E76" s="483" t="s">
         <v>58</v>
       </c>
       <c r="F76" s="484" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="485" t="s">
         <v>117</v>
       </c>
       <c r="B77" s="486" t="s">
-        <v>410</v>
+        <v>120</v>
       </c>
       <c r="C77" s="487" t="s">
-        <v>411</v>
+        <v>400</v>
       </c>
       <c r="D77" s="488" t="s">
-        <v>412</v>
+        <v>401</v>
       </c>
       <c r="E77" s="489" t="s">
-        <v>413</v>
+        <v>402</v>
       </c>
       <c r="F77" s="490" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="491" t="s">
         <v>124</v>
       </c>
       <c r="B78" s="492" t="s">
-        <v>415</v>
+        <v>127</v>
       </c>
       <c r="C78" s="493" t="s">
-        <v>416</v>
+        <v>404</v>
       </c>
       <c r="D78" s="494" t="s">
-        <v>417</v>
+        <v>405</v>
       </c>
       <c r="E78" s="495" t="s">
-        <v>418</v>
+        <v>406</v>
       </c>
       <c r="F78" s="496" t="s">
-        <v>419</v>
+        <v>407</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="497" t="s">
         <v>131</v>
       </c>
       <c r="B79" s="498" t="s">
-        <v>420</v>
+        <v>134</v>
       </c>
       <c r="C79" s="499" t="s">
-        <v>421</v>
+        <v>408</v>
       </c>
       <c r="D79" s="500" t="s">
-        <v>422</v>
+        <v>409</v>
       </c>
       <c r="E79" s="501" t="s">
-        <v>423</v>
+        <v>410</v>
       </c>
       <c r="F79" s="502" t="s">
-        <v>424</v>
+        <v>411</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="503" t="s">
         <v>138</v>
       </c>
       <c r="B80" s="504" t="s">
-        <v>425</v>
+        <v>141</v>
       </c>
       <c r="C80" s="505" t="s">
-        <v>426</v>
+        <v>412</v>
       </c>
       <c r="D80" s="506" t="s">
-        <v>427</v>
+        <v>413</v>
       </c>
       <c r="E80" s="507" t="s">
-        <v>428</v>
+        <v>414</v>
       </c>
       <c r="F80" s="508" t="s">
-        <v>429</v>
+        <v>415</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="509" t="s">
         <v>145</v>
       </c>
       <c r="B81" s="510" t="s">
-        <v>430</v>
+        <v>148</v>
       </c>
       <c r="C81" s="511" t="s">
-        <v>431</v>
+        <v>416</v>
       </c>
       <c r="D81" s="512" t="s">
-        <v>432</v>
+        <v>417</v>
       </c>
       <c r="E81" s="513" t="s">
-        <v>433</v>
+        <v>418</v>
       </c>
       <c r="F81" s="514" t="s">
-        <v>434</v>
+        <v>419</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="515" t="s">
         <v>152</v>
       </c>
       <c r="B82" s="516" t="s">
-        <v>435</v>
+        <v>155</v>
       </c>
       <c r="C82" s="517" t="s">
-        <v>436</v>
+        <v>420</v>
       </c>
       <c r="D82" s="518" t="s">
-        <v>437</v>
+        <v>421</v>
       </c>
       <c r="E82" s="519" t="s">
-        <v>438</v>
+        <v>422</v>
       </c>
       <c r="F82" s="520" t="s">
-        <v>439</v>
+        <v>423</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="521" t="s">
         <v>159</v>
       </c>
       <c r="B83" s="522" t="s">
-        <v>440</v>
+        <v>162</v>
       </c>
       <c r="C83" s="523" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
       <c r="D83" s="524" t="s">
-        <v>442</v>
+        <v>425</v>
       </c>
       <c r="E83" s="525" t="s">
-        <v>443</v>
+        <v>426</v>
       </c>
       <c r="F83" s="526" t="s">
-        <v>444</v>
+        <v>427</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="527" t="s">
         <v>165</v>
       </c>
       <c r="B84" s="528" t="s">
-        <v>445</v>
+        <v>168</v>
       </c>
       <c r="C84" s="529" t="s">
-        <v>446</v>
+        <v>428</v>
       </c>
       <c r="D84" s="530" t="s">
-        <v>447</v>
+        <v>429</v>
       </c>
       <c r="E84" s="531" t="s">
-        <v>448</v>
+        <v>430</v>
       </c>
       <c r="F84" s="532" t="s">
-        <v>449</v>
+        <v>431</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="533" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="534" t="s">
-        <v>450</v>
+        <v>175</v>
       </c>
       <c r="C85" s="535" t="s">
-        <v>451</v>
+        <v>432</v>
       </c>
       <c r="D85" s="536" t="s">
-        <v>452</v>
+        <v>433</v>
       </c>
       <c r="E85" s="537" t="s">
-        <v>453</v>
+        <v>434</v>
       </c>
       <c r="F85" s="538" t="s">
-        <v>454</v>
+        <v>435</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="539" t="s">
         <v>179</v>
       </c>
       <c r="B86" s="540" t="s">
-        <v>455</v>
+        <v>182</v>
       </c>
       <c r="C86" s="541" t="s">
-        <v>456</v>
+        <v>436</v>
       </c>
       <c r="D86" s="542" t="s">
-        <v>457</v>
+        <v>437</v>
       </c>
       <c r="E86" s="543" t="s">
-        <v>458</v>
+        <v>438</v>
       </c>
       <c r="F86" s="544" t="s">
-        <v>459</v>
+        <v>439</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="545" t="s">
         <v>186</v>
       </c>
       <c r="B87" s="546" t="s">
-        <v>460</v>
+        <v>189</v>
       </c>
       <c r="C87" s="547" t="s">
-        <v>461</v>
+        <v>440</v>
       </c>
       <c r="D87" s="548" t="s">
-        <v>462</v>
+        <v>441</v>
       </c>
       <c r="E87" s="549" t="s">
-        <v>463</v>
+        <v>442</v>
       </c>
       <c r="F87" s="550" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="551" t="s">
         <v>193</v>
       </c>
       <c r="B88" s="552" t="s">
-        <v>464</v>
+        <v>196</v>
       </c>
       <c r="C88" s="553" t="s">
-        <v>465</v>
+        <v>443</v>
       </c>
       <c r="D88" s="554" t="s">
-        <v>466</v>
+        <v>444</v>
       </c>
       <c r="E88" s="555" t="s">
-        <v>467</v>
+        <v>445</v>
       </c>
       <c r="F88" s="556" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="557" t="s">
         <v>200</v>
       </c>
       <c r="B89" s="558" t="s">
-        <v>468</v>
+        <v>203</v>
       </c>
       <c r="C89" s="559" t="s">
-        <v>469</v>
+        <v>446</v>
       </c>
       <c r="D89" s="560" t="s">
-        <v>470</v>
+        <v>447</v>
       </c>
       <c r="E89" s="561" t="s">
-        <v>471</v>
+        <v>448</v>
       </c>
       <c r="F89" s="562" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="563" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B90" s="564" t="s">
-        <v>472</v>
+        <v>210</v>
       </c>
       <c r="C90" s="565" t="s">
-        <v>473</v>
+        <v>449</v>
       </c>
       <c r="D90" s="566" t="s">
-        <v>474</v>
+        <v>450</v>
       </c>
       <c r="E90" s="567" t="s">
-        <v>475</v>
+        <v>451</v>
       </c>
       <c r="F90" s="568" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="569" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B91" s="570" t="s">
-        <v>464</v>
+        <v>196</v>
       </c>
       <c r="C91" s="571" t="s">
-        <v>476</v>
+        <v>452</v>
       </c>
       <c r="D91" s="572" t="s">
-        <v>477</v>
+        <v>453</v>
       </c>
       <c r="E91" s="573" t="s">
-        <v>467</v>
+        <v>454</v>
       </c>
       <c r="F91" s="574" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="575" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B92" s="576" t="s">
-        <v>478</v>
+        <v>219</v>
       </c>
       <c r="C92" s="577" t="s">
-        <v>479</v>
+        <v>455</v>
       </c>
       <c r="D92" s="578" t="s">
-        <v>480</v>
+        <v>456</v>
       </c>
       <c r="E92" s="579" t="s">
-        <v>481</v>
+        <v>457</v>
       </c>
       <c r="F92" s="580" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="581" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B93" s="582" t="s">
-        <v>482</v>
+        <v>226</v>
       </c>
       <c r="C93" s="583" t="s">
-        <v>483</v>
+        <v>458</v>
       </c>
       <c r="D93" s="584" t="s">
-        <v>484</v>
+        <v>459</v>
       </c>
       <c r="E93" s="585" t="s">
-        <v>485</v>
+        <v>460</v>
       </c>
       <c r="F93" s="586" t="s">
-        <v>486</v>
+        <v>461</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="587" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B94" s="588" t="s">
-        <v>487</v>
+        <v>233</v>
       </c>
       <c r="C94" s="589" t="s">
-        <v>488</v>
+        <v>462</v>
       </c>
       <c r="D94" s="590" t="s">
-        <v>489</v>
+        <v>463</v>
       </c>
       <c r="E94" s="591" t="s">
-        <v>490</v>
+        <v>464</v>
       </c>
       <c r="F94" s="592" t="s">
-        <v>491</v>
+        <v>465</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="593" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B95" s="594" t="s">
-        <v>492</v>
+        <v>240</v>
       </c>
       <c r="C95" s="595" t="s">
-        <v>493</v>
+        <v>466</v>
       </c>
       <c r="D95" s="596" t="s">
-        <v>494</v>
+        <v>467</v>
       </c>
       <c r="E95" s="597" t="s">
-        <v>495</v>
+        <v>468</v>
       </c>
       <c r="F95" s="598" t="s">
-        <v>496</v>
+        <v>469</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="599" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B96" s="600" t="s">
-        <v>497</v>
+        <v>247</v>
       </c>
       <c r="C96" s="601" t="s">
-        <v>498</v>
+        <v>470</v>
       </c>
       <c r="D96" s="602" t="s">
-        <v>499</v>
+        <v>471</v>
       </c>
       <c r="E96" s="603" t="s">
-        <v>500</v>
+        <v>472</v>
       </c>
       <c r="F96" s="604" t="s">
-        <v>501</v>
+        <v>473</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="605" t="s">
         <v>251</v>
       </c>
       <c r="B97" s="606" t="s">
-        <v>502</v>
+        <v>254</v>
       </c>
       <c r="C97" s="607" t="s">
-        <v>503</v>
+        <v>474</v>
       </c>
       <c r="D97" s="608" t="s">
-        <v>504</v>
+        <v>475</v>
       </c>
       <c r="E97" s="609" t="s">
-        <v>505</v>
+        <v>476</v>
       </c>
       <c r="F97" s="610" t="s">
-        <v>506</v>
+        <v>477</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="611" t="s">
         <v>258</v>
       </c>
       <c r="B98" s="612" t="s">
-        <v>507</v>
+        <v>261</v>
       </c>
       <c r="C98" s="613" t="s">
-        <v>508</v>
+        <v>478</v>
       </c>
       <c r="D98" s="614" t="s">
-        <v>509</v>
+        <v>479</v>
       </c>
       <c r="E98" s="615" t="s">
-        <v>510</v>
+        <v>480</v>
       </c>
       <c r="F98" s="616" t="s">
-        <v>511</v>
+        <v>481</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="617" t="s">
         <v>265</v>
       </c>
       <c r="B99" s="618" t="s">
-        <v>512</v>
+        <v>268</v>
       </c>
       <c r="C99" s="619" t="s">
-        <v>513</v>
+        <v>482</v>
       </c>
       <c r="D99" s="620" t="s">
-        <v>514</v>
+        <v>483</v>
       </c>
       <c r="E99" s="621" t="s">
-        <v>515</v>
+        <v>448</v>
       </c>
       <c r="F99" s="622" t="s">
-        <v>516</v>
+        <v>484</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="623" t="s">
         <v>272</v>
       </c>
       <c r="B100" s="624" t="s">
-        <v>502</v>
+        <v>254</v>
       </c>
       <c r="C100" s="625" t="s">
-        <v>517</v>
+        <v>485</v>
       </c>
       <c r="D100" s="626" t="s">
-        <v>518</v>
+        <v>486</v>
       </c>
       <c r="E100" s="627" t="s">
-        <v>519</v>
+        <v>476</v>
       </c>
       <c r="F100" s="628" t="s">
-        <v>520</v>
+        <v>487</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="629" t="s">
         <v>275</v>
       </c>
       <c r="B101" s="630" t="s">
-        <v>507</v>
+        <v>261</v>
       </c>
       <c r="C101" s="631" t="s">
-        <v>521</v>
+        <v>488</v>
       </c>
       <c r="D101" s="632" t="s">
-        <v>522</v>
+        <v>489</v>
       </c>
       <c r="E101" s="633" t="s">
-        <v>523</v>
+        <v>480</v>
       </c>
       <c r="F101" s="634" t="s">
-        <v>524</v>
+        <v>490</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="635" t="s">
         <v>280</v>
       </c>
       <c r="B102" s="636" t="s">
-        <v>525</v>
+        <v>283</v>
       </c>
       <c r="C102" s="637" t="s">
-        <v>526</v>
+        <v>491</v>
       </c>
       <c r="D102" s="638" t="s">
-        <v>527</v>
+        <v>492</v>
       </c>
       <c r="E102" s="639" t="s">
-        <v>528</v>
+        <v>493</v>
       </c>
       <c r="F102" s="640" t="s">
-        <v>529</v>
+        <v>494</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="641" t="s">
         <v>287</v>
       </c>
       <c r="B103" s="642" t="s">
-        <v>530</v>
+        <v>290</v>
       </c>
       <c r="C103" s="643" t="s">
-        <v>164</v>
+        <v>495</v>
       </c>
       <c r="D103" s="644" t="s">
-        <v>531</v>
+        <v>496</v>
       </c>
       <c r="E103" s="645" t="s">
-        <v>532</v>
+        <v>497</v>
       </c>
       <c r="F103" s="646" t="s">
-        <v>533</v>
+        <v>498</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="647" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B104" s="648" t="s">
-        <v>534</v>
+        <v>297</v>
       </c>
       <c r="C104" s="649" t="s">
-        <v>535</v>
+        <v>499</v>
       </c>
       <c r="D104" s="650" t="s">
-        <v>536</v>
+        <v>500</v>
       </c>
       <c r="E104" s="651" t="s">
-        <v>537</v>
+        <v>501</v>
       </c>
       <c r="F104" s="652" t="s">
-        <v>538</v>
+        <v>502</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="653" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B105" s="654" t="s">
-        <v>497</v>
+        <v>304</v>
       </c>
       <c r="C105" s="655" t="s">
-        <v>539</v>
+        <v>503</v>
       </c>
       <c r="D105" s="656" t="s">
-        <v>540</v>
+        <v>504</v>
       </c>
       <c r="E105" s="657" t="s">
-        <v>541</v>
+        <v>505</v>
       </c>
       <c r="F105" s="658" t="s">
-        <v>542</v>
+        <v>506</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="659" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B106" s="660" t="s">
-        <v>543</v>
+        <v>311</v>
       </c>
       <c r="C106" s="661" t="s">
-        <v>544</v>
+        <v>507</v>
       </c>
       <c r="D106" s="662" t="s">
-        <v>545</v>
+        <v>508</v>
       </c>
       <c r="E106" s="663" t="s">
-        <v>546</v>
+        <v>509</v>
       </c>
       <c r="F106" s="664" t="s">
-        <v>547</v>
+        <v>510</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="665" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B107" s="666" t="s">
-        <v>548</v>
+        <v>318</v>
       </c>
       <c r="C107" s="667" t="s">
-        <v>549</v>
+        <v>511</v>
       </c>
       <c r="D107" s="668" t="s">
-        <v>550</v>
+        <v>512</v>
       </c>
       <c r="E107" s="669" t="s">
-        <v>551</v>
+        <v>513</v>
       </c>
       <c r="F107" s="670" t="s">
-        <v>552</v>
+        <v>514</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="671" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="B108" s="672" t="s">
-        <v>553</v>
+        <v>325</v>
       </c>
       <c r="C108" s="673" t="s">
-        <v>554</v>
+        <v>515</v>
       </c>
       <c r="D108" s="674" t="s">
-        <v>555</v>
+        <v>516</v>
       </c>
       <c r="E108" s="675" t="s">
-        <v>556</v>
+        <v>517</v>
       </c>
       <c r="F108" s="676" t="s">
-        <v>557</v>
+        <v>518</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="677" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="B109" s="678" t="s">
-        <v>558</v>
+        <v>330</v>
       </c>
       <c r="C109" s="679" t="s">
-        <v>559</v>
+        <v>519</v>
       </c>
       <c r="D109" s="680" t="s">
-        <v>560</v>
+        <v>520</v>
       </c>
       <c r="E109" s="681" t="s">
-        <v>561</v>
+        <v>521</v>
       </c>
       <c r="F109" s="682" t="s">
-        <v>562</v>
+        <v>522</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="683" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="B110" s="684" t="s">
         <v>58</v>
       </c>
       <c r="C110" s="685" t="s">
-        <v>563</v>
+        <v>523</v>
       </c>
       <c r="D110" s="686" t="s">
         <v>58</v>
       </c>
       <c r="E110" s="687" t="s">
         <v>58</v>
       </c>
       <c r="F110" s="688" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="689" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="B111" s="690" t="s">
         <v>58</v>
       </c>
       <c r="C111" s="691" t="s">
-        <v>564</v>
+        <v>524</v>
       </c>
       <c r="D111" s="692" t="s">
         <v>58</v>
       </c>
       <c r="E111" s="693" t="s">
         <v>58</v>
       </c>
       <c r="F111" s="694" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="3" t="s">
-        <v>565</v>
+        <v>525</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="3" t="s">
-        <v>566</v>
+        <v>526</v>
       </c>
     </row>
     <row r="115" ht="60" customHeight="1">
       <c r="A115" s="3" t="s">
-        <v>567</v>
+        <v>527</v>
       </c>
     </row>
     <row r="116" ht="60" customHeight="1">
       <c r="A116" s="3" t="s">
-        <v>568</v>
+        <v>528</v>
       </c>
     </row>
     <row r="117" ht="60" customHeight="1">
       <c r="A117" s="3" t="s">
-        <v>569</v>
+        <v>529</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="4" t="s">
-        <v>570</v>
+        <v>530</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A112:G112"/>
     <mergeCell ref="A113:G113"/>
     <mergeCell ref="A115:G115"/>
     <mergeCell ref="A116:G116"/>
     <mergeCell ref="A117:G117"/>
     <mergeCell ref="A118:G198"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>