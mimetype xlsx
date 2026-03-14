--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -7,1631 +7,1775 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="Compare" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="716" uniqueCount="531">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="716" uniqueCount="579">
   <si>
     <t xml:space="preserve">統一系列基金績效總覽：</t>
   </si>
   <si>
     <t xml:space="preserve">基金名稱</t>
   </si>
   <si>
     <t xml:space="preserve">三個月</t>
   </si>
   <si>
     <t xml:space="preserve">六個月</t>
   </si>
   <si>
     <t xml:space="preserve">一年</t>
   </si>
   <si>
     <t xml:space="preserve">兩年</t>
   </si>
   <si>
     <t xml:space="preserve">三年</t>
   </si>
   <si>
     <t xml:space="preserve">五年</t>
   </si>
   <si>
     <t xml:space="preserve">01YTW統一統信基金</t>
   </si>
   <si>
-    <t xml:space="preserve">23.06%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">242.3%</t>
+    <t xml:space="preserve">28.08%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">52.66%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">94.36%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">103.14%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">243.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">276.4%</t>
   </si>
   <si>
     <t xml:space="preserve">02ITW統一全天候基金（Ｉ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">27.22%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">193.81%</t>
+    <t xml:space="preserve">28.04%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">106.78%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">98.47%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">241.83%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">238.93%</t>
   </si>
   <si>
     <t xml:space="preserve">02YTW統一全天候基金（Ａ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">27.02%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">185.12%</t>
+    <t xml:space="preserve">27.85%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">59.86%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">105.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">96.11%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">235.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">228.88%</t>
   </si>
   <si>
     <t xml:space="preserve">03YTW統一黑馬基金</t>
   </si>
   <si>
-    <t xml:space="preserve">25.53%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">300.45%</t>
+    <t xml:space="preserve">32.47%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">57.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">103.26%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">108.02%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">227.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">325.73%</t>
   </si>
   <si>
     <t xml:space="preserve">04YTW統一龍馬基金</t>
   </si>
   <si>
-    <t xml:space="preserve">26.79%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">205.65%</t>
+    <t xml:space="preserve">27.44%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">61.08%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">99.42%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">113.07%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">197.73%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">230%</t>
   </si>
   <si>
     <t xml:space="preserve">05YTW統一強棒貨幣市場基金</t>
   </si>
   <si>
-    <t xml:space="preserve">0.38%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">4.88%</t>
+    <t xml:space="preserve">0.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.75%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.03%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.29%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.09%</t>
   </si>
   <si>
     <t xml:space="preserve">06YTW統一中小基金</t>
   </si>
   <si>
-    <t xml:space="preserve">30.51%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">180.8%</t>
+    <t xml:space="preserve">26.56%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">61.87%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">89.46%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">205.35%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">207.74%</t>
   </si>
   <si>
     <t xml:space="preserve">09STW統一經建基金（Ｓ類型）</t>
   </si>
   <si>
     <t xml:space="preserve">-</t>
   </si>
   <si>
     <t xml:space="preserve">09YTW統一經建基金（Ａ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">24.82%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">249.92%</t>
+    <t xml:space="preserve">20.76%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50.99%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">99.87%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">107.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">238.49%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">254.65%</t>
   </si>
   <si>
     <t xml:space="preserve">10YTW統一奔騰基金</t>
   </si>
   <si>
-    <t xml:space="preserve">26%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">392.55%</t>
+    <t xml:space="preserve">21.66%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49.08%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">97.51%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">103.03%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">261.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">382.62%</t>
   </si>
   <si>
     <t xml:space="preserve">11TTW統一大滿貫基金（TISA類型）</t>
   </si>
   <si>
+    <t xml:space="preserve">54.74%</t>
+  </si>
+  <si>
     <t xml:space="preserve">11YTW統一大滿貫基金（Ａ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">25.1%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">191.68%</t>
+    <t xml:space="preserve">27.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">53.99%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">95.91%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">103.15%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">211.91%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">223.19%</t>
   </si>
   <si>
     <t xml:space="preserve">12YTW統一亞太基金</t>
   </si>
   <si>
-    <t xml:space="preserve">16.08%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">46.7%</t>
+    <t xml:space="preserve">35.57%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">53.16%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">74.09%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">74.05%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">121.68%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90.46%</t>
   </si>
   <si>
     <t xml:space="preserve">20YTW統一全球債券組合基金</t>
   </si>
   <si>
-    <t xml:space="preserve">1.76%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">-4.88%</t>
+    <t xml:space="preserve">1.82%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.32%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.02%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9.31%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.98%</t>
   </si>
   <si>
     <t xml:space="preserve">21YCN統一強漢基金（人民幣）</t>
   </si>
   <si>
-    <t xml:space="preserve">-8.81%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">50.02%</t>
+    <t xml:space="preserve">25.29%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.38%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">91.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70.66%</t>
   </si>
   <si>
     <t xml:space="preserve">21YTW統一強漢基金（新台幣）</t>
   </si>
   <si>
-    <t xml:space="preserve">-4.17%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">54.77%</t>
+    <t xml:space="preserve">29.04%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27.14%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38.38%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51.78%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">99.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">77.93%</t>
   </si>
   <si>
     <t xml:space="preserve">21YUS統一強漢基金（美元）</t>
   </si>
   <si>
-    <t xml:space="preserve">-7.14%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">40.29%</t>
+    <t xml:space="preserve">29.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.49%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">53.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">94.29%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">61.17%</t>
   </si>
   <si>
     <t xml:space="preserve">22TTW統一台灣動力基金（TISA類型）</t>
   </si>
   <si>
+    <t xml:space="preserve">27.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55.25%</t>
+  </si>
+  <si>
     <t xml:space="preserve">22YTW統一台灣動力基金（Ａ類型）</t>
   </si>
   <si>
-    <t xml:space="preserve">25.22%</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">280.84%</t>
+    <t xml:space="preserve">27.55%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">54.42%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100.71%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">109.87%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">261.82%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">306%</t>
   </si>
   <si>
     <t xml:space="preserve">23YTW統一大龍印基金</t>
   </si>
   <si>
+    <t xml:space="preserve">30.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">94.84%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">95.33%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">181.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">147.48%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24YCN統一大中華中小基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40.48%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">64.69%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">92.27%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">156.75%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">153.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24YTW統一大中華中小基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.92%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49.61%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">66.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100.09%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">167.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">164.57%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24YUS統一大中華中小基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31.57%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">46.48%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">75.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">102.13%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">160.77%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">139.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25YTW統一新亞洲科技能源基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">37.78%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">62.85%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">103.42%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">138.11%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">262.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">217.93%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27YTW統一亞洲大金磚基金</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.04%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">37.87%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">52.67%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">52.21%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">82.25%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">69.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31YCN統一大龍騰中國基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.31%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.39%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48.05%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">66.57%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.48%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.16%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31YTW統一大龍騰中國基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.79%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">73.29%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.63%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.09%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31YUS統一大龍騰中國基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.78%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">57.43%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">75.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27.38%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-6.67%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32ACN統一亞洲非投資等級債券基金－累積型（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.14%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.78%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.14%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-10.55%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32ATW統一亞洲非投資等級債券基金－累積型（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.35%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.56%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.84%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-11.88%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32AUS統一亞洲非投資等級債券基金－累積型（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.45%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.27%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.08%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-13.66%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32BCN統一亞洲非投資等級債券基金－月配型（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-0.13%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.66%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.01%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-10.42%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32BTW統一亞洲非投資等級債券基金－月配型（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-11.82%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32BUS統一亞洲非投資等級債券基金－月配型（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.77%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8.04%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-13.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33YCN統一全球新科技基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.11%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48.48%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">86.89%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">111.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">256.93%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">186.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33YTW統一全球新科技基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34.02%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">58.11%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">89.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">120.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">271.67%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">198.85%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33YUS統一全球新科技基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34.68%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">54.83%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">98.69%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">122.85%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">262.42%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">170.65%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34ACN統一全球動態多重資產基金－累積型（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29.63%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">52.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">61.78%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">125.67%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">75.32%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34ATW統一全球動態多重資產基金－累積型（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.67%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">54.63%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">68.84%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">135.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">83.13%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34AUS統一全球動態多重資產基金－累積型（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.26%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35.15%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">62.39%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70.61%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">129.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">65.87%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34BCN統一全球動態多重資產基金－月配型（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29.64%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">52.55%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">61.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">125.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">75.28%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34BTW統一全球動態多重資產基金－月配型（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">83.03%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34BUS統一全球動態多重資產基金－月配型（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35.14%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70.59%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">129.67%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">65.91%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35YCN統一大東協高股息基金（人民幣）</t>
+  </si>
+  <si>
     <t xml:space="preserve">21.39%</t>
   </si>
   <si>
-    <t xml:space="preserve">54.92%</t>
-[...470 lines deleted...]
-    <t xml:space="preserve">25.33%</t>
+    <t xml:space="preserve">29.56%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44.83%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">53.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">63.91%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">69.75%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35YTW統一大東協高股息基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.05%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">37.95%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">46.66%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70.63%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">76.97%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35YUS統一大東協高股息基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.67%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35.12%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">53.91%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">61.62%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">66.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60.24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38YCN統一全球智聯網AIoT基金（人民幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.04%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31.66%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">58.31%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">53.61%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">112.97%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38YTW統一全球智聯網AIoT基金（新台幣）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.55%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40.18%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60.27%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">59.88%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">121.69%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">98.93%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38YUS統一全球智聯網AIoT基金（美元）</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">37.26%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">68.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">61.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">116.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">80.26%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45ATW統一台灣高息優選基金－累積型</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34.45%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">61.81%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">73.31%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45BTW統一台灣高息優選基金－月配型</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.39%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">61.91%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">73.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48ATW統一優選低波多重資產基金－累積型</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.44%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48BTW統一優選低波多重資產基金－月配型</t>
+  </si>
+  <si>
+    <t xml:space="preserve"/>
+  </si>
+  <si>
+    <t xml:space="preserve">自今年以來報酬率</t>
+  </si>
+  <si>
+    <t xml:space="preserve">自成立日起報酬率</t>
+  </si>
+  <si>
+    <t xml:space="preserve">年化標準差(12Mo)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sharpe值(12Mo)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beta值(12Mo)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4874.65%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.1217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4199</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.23%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">396.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.3638</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.403</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1651</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.11%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6443.84%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.3537</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3964</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1647</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.88%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5823.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.2135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.196</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.85%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4186.35%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.8707</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4503</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.23%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">77.03%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.0391</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.0066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.17%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1160.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29.139</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3522</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2527</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.52%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2544.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.522</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.0842</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.18%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4805.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.0266</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.0723</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.73%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">93.28%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1570.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.1392</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.433</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28.28%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">624.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.0322</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4131</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.0213</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.54%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.4423</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21.52%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">294.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.4526</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2734</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9626</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.45%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">834.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.1042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.7047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.19%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">256.04%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.8948</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3258</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.0593</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">97.75%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.75%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1233.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27.0252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4258</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.1796</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21.89%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">439.5%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21.9957</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4596</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.8589</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.35%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">236.42%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22.6804</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4232</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.3432</t>
+  </si>
+  <si>
+    <t xml:space="preserve">354.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.6319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4473</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.0889</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.06%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">209.68%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.5708</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4694</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.4426</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">852.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.0946</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.528</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2344</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.68%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">202.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.7974</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.6062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.81%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">73.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.9524</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4451</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.7714</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">80.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.8192</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4546</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.5129</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60.33%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.2908</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4961</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.8661</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.2866</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.0616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.45%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.7%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.3235</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2698</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.4%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.7328</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4374</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.85%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.2824</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.0653</t>
+  </si>
+  <si>
+    <t xml:space="preserve">-1.62%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.325</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.2697</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2.41%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.24%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.7416</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4354</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">829.8%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.1961</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.6484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31.56%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">754.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23.6873</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.5074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.3883</t>
   </si>
   <si>
     <t xml:space="preserve">32.35%</t>
   </si>
   <si>
-    <t xml:space="preserve">43.87%</t>
-[...485 lines deleted...]
-    <t xml:space="preserve">4.6507</t>
+    <t xml:space="preserve">779.6%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24.6234</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.5109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.7478</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.15%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">114.9%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.248</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">110.97%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.4828</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4648</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9845</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.66%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">108.96%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.6977</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.464</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.3448</t>
+  </si>
+  <si>
+    <t xml:space="preserve">114.86%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.2539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3907</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.2403</t>
+  </si>
+  <si>
+    <t xml:space="preserve">110.86%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.4868</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4649</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9849</t>
+  </si>
+  <si>
+    <t xml:space="preserve">109%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.7024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4639</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.3452</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17.69%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100.1%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11.5918</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4968</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.6491</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">95.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.943</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.5194</t>
   </si>
   <si>
     <t xml:space="preserve">0.3873</t>
   </si>
   <si>
-    <t xml:space="preserve">10.6%</t>
-[...191 lines deleted...]
-    <t xml:space="preserve">0.326</t>
+    <t xml:space="preserve">20.18%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">87%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.4606</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.5373</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.7405</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13.79%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">215.52%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.1721</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3165</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.53%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">233.2%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.5041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3591</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.9485</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16.26%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">229.04%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.3343</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.3709</t>
   </si>
   <si>
     <t xml:space="preserve">1.3079</t>
   </si>
   <si>
-    <t xml:space="preserve">85.7%</t>
-[...26 lines deleted...]
-    <t xml:space="preserve">14.27%</t>
+    <t xml:space="preserve">14.32%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">112.3%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.7639</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4154</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.8679</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14.35%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">112.34%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19.7567</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.4157</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.8691</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.85%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28.95%</t>
   </si>
   <si>
     <t xml:space="preserve">僅為揭示基金經理公司以往之經理績效，投資人因不同時間進場，將有不同之投資績效，過去之績效亦不代表未來績效之保證。</t>
   </si>
   <si>
-    <t xml:space="preserve">資料來源：Morningstar、投信投顧公會更新日期：2025/12/31</t>
+    <t xml:space="preserve">資料來源：Morningstar、投信投顧公會更新日期：2026/02/26</t>
   </si>
   <si>
     <t xml:space="preserve">  標準差係衡量報酬率的波動程度，為一個常用的風險指標，所謂『年化』是代表基金近一年報酬率平均值。年化標準差越高，代表報酬率波動越大。平均報酬率加上兩個標準差大約是最佳狀況時的報酬率；平均報酬率減去兩個標準差大約是最差狀況時的報酬率。換言之，四個標準差大約是最好與最壞時的差距。例如：某基金的標準差為26.38%，表示該基金最好年份的年報酬率與最壞年份約差106 %（26.38% ×4 = 105.52%）。</t>
   </si>
   <si>
     <t xml:space="preserve">  夏普指數（Sharpe ratio）目的是在衡量固定每單位風險之下所能獲得的超額報酬，所謂超額報酬為基金過去一年平均月報酬率，超過一個月定存利率部分，為一經風險調整後之績效指標。夏普指數代表投資人每多承擔一分風險，可以拿到幾分報酬；若為正值，代表基金報酬率高過波動風險；若為負值，代表基金操作風險大過於報酬率。</t>
   </si>
   <si>
     <t xml:space="preserve">  Beta指數（Beta Coefficient）用來衡量個別股票或股票基金相對於整個股市價格波動的情形。所顯示的是各基金的屬性，以台灣為例，通常以台灣加權股價指數Beta指數為1。若某共同基金的Beta指數為2，表示波動情形是股市的兩倍；反之，若某基金的Beta指數為0.5，則波動情形為股市的二分之一。Beta指數愈大代表基金報酬率受大盤漲跌的影響愈大。大於1者，表示該基金攻擊性較強，係屬於積極成長性基金；小於1者，則是基金的防守性較佳，應是穩健型基金。</t>
   </si>
   <si>
     <t xml:space="preserve">
 	基金經金管會或其指定機構核准或同意生效，惟不表示絕無風險。由於非投資等級債券之信用評等未達投資等級或未經信用評等，且對利率變動的敏感度甚高，故基金可能會因利率上升、市場流動性下降，或債券發行機構違約不支付本金、利息或破產而蒙受虧損。基金不適合無法承擔相關風險之投資人。本公司以往之經理績效不保證基金之最低投資收益；本公司除盡善良管理人之注意義務外，不負責本基金之盈虧，亦不保證最低之收益，投資人申購前應詳閱基金公開說明書，基金應負擔之費用已揭露於基金公開說明書中。投資人可至本公司及基金銷售機構索取公開說明書或簡式公開說明書，或至本公司網站https://www.ezmoney.com.tw或公開資訊觀測站https://mopsplus.twse.com.tw自行下載。
 本文提及之經濟走勢預測不必然代表本基金之績效，本基金投資風險請詳閱基金公開說明書。本資料所述個別企業僅為說明或舉例之用，並無推薦之意，亦非本經理公司所經理之基金必然會投資之標的。投資人申購本基金係持有基金受益憑證，而非本文提及之投資資產或標的。投資人應留意衍生性工具 /證券相關商品等槓桿投資策略所可能產生之投資風險（詳見公開說明書）。
 基金配息不代表基金實際報酬，且過去配息不代表未來配息；基金淨值可能因市場因素而上下波動，於配息時需一併注意基金淨值變動。
 投資人因不同時間進場，將有不同之投資績效，過去之績效亦不代表未來績效之保證。
 【基金風險報酬等級係參酌投信投顧公會所制定之基金風險等級分類(RR)標準，RR係計算過去5年基金淨值波動度標準差，以標準差區間予以分類等級，分類為RR1~RR5五級，數字越大代表風險越高。此等級分類係基於一般市場狀況反映市場價格波動風險，無法涵蓋所有風險(如：基金計價幣別匯率風險、投資標的產業風險、信用風險、利率風險、流動性風險等)，不宜作為投資唯一依據，投資人仍應注意所投資基金個別風險。】
 部份基金主要投資於新興市場國家之債券或非投資等級債券，可能產生之風險包括流動性不足風險、市場風險(含政治、利率、匯率等)、債券發行人違約之信用風險等風險，或可能因受益人大量買回，致延遲給付買回價款，遇前述風險時，基金之淨資產價值可能因此產生波動。
 部份基金可投資於美國144A債券，該債券較可能發生流動性不足，財務訊息不完整而導致波動較大之風險。
 統一亞洲非投資等級債券基金(原名:統一中國非投資等級債券基金)(基金之配息來源可能為本金)與統一全球動態多重資產基金(基金有相當比重投資於非投資等級之高風險債券且基金配息來源可能為本金)適合能承受較高風險之非保守型投資人，由於基金主要投資於新興市場國家之公司債券或非投資等級債券，故投資人投資本基金不宜占其投資組合過高之比重。
 部份基金投資地區包含大陸地區，可能因產業循環或非經濟因素導致價格劇烈波動，或市場機制不如已開發市場健全，而產生流動性不足風險，對基金報酬產生直接或間接之影響。
 【統一台灣高息優選基金（本基金並無保證收益及配息，配息來源可能為本金及收益平準金）】
 1、本基金配息級別投資所得之現金股利、利息收入、子基金收益、淨資本利得將分為12個月配發。
 2、淨資本利得係指基金配息級別資產投資於中華民國境內所得之已實現資本利得扣除已實現資本損失後為正，始可進行分配。
 3、經理公司得依本基金收益情況自行決定每次分配金額或不分配，故每次分配金額並非一定相同。
@@ -1971,201 +2115,201 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...149 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
@@ -3055,807 +3199,807 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...755 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
   <dimension ref="A1:H118"/>
   <sheetViews>
     <sheetView tabSelected="1" showRuler="1" showOutlineSymbols="1" defaultGridColor="1" colorId="64" zoomScale="100" workbookViewId="0"/>
@@ -4112,974 +4256,974 @@
       </c>
       <c r="B12" s="69" t="s">
         <v>67</v>
       </c>
       <c r="C12" s="70" t="s">
         <v>68</v>
       </c>
       <c r="D12" s="71" t="s">
         <v>69</v>
       </c>
       <c r="E12" s="72" t="s">
         <v>70</v>
       </c>
       <c r="F12" s="73" t="s">
         <v>71</v>
       </c>
       <c r="G12" s="74" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="75" t="s">
         <v>73</v>
       </c>
       <c r="B13" s="76" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="C13" s="77" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="D13" s="78" t="s">
         <v>58</v>
       </c>
       <c r="E13" s="79" t="s">
         <v>58</v>
       </c>
       <c r="F13" s="80" t="s">
         <v>58</v>
       </c>
       <c r="G13" s="81" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="82" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B14" s="83" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C14" s="84" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D14" s="85" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E14" s="86" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F14" s="87" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G14" s="88" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="89" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B15" s="90" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C15" s="91" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D15" s="92" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E15" s="93" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F15" s="94" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G15" s="95" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="96" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B16" s="97" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C16" s="98" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D16" s="99" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E16" s="100" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F16" s="101" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G16" s="102" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="103" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B17" s="104" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C17" s="105" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D17" s="106" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E17" s="107" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F17" s="108" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G17" s="109" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="110" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B18" s="111" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C18" s="112" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D18" s="113" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E18" s="114" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F18" s="115" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G18" s="116" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="117" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B19" s="118" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C19" s="119" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D19" s="120" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E19" s="121" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F19" s="122" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G19" s="123" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="124" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B20" s="125" t="s">
-        <v>58</v>
+        <v>118</v>
       </c>
       <c r="C20" s="126" t="s">
-        <v>58</v>
+        <v>119</v>
       </c>
       <c r="D20" s="127" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="128" t="s">
         <v>58</v>
       </c>
       <c r="F20" s="129" t="s">
         <v>58</v>
       </c>
       <c r="G20" s="130" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="131" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B21" s="132" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C21" s="133" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D21" s="134" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E21" s="135" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F21" s="136" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G21" s="137" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="138" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B22" s="139" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C22" s="140" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D22" s="141" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E22" s="142" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F22" s="143" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="G22" s="144" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="145" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B23" s="146" t="s">
-        <v>132</v>
+        <v>105</v>
       </c>
       <c r="C23" s="147" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D23" s="148" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E23" s="149" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="F23" s="150" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G23" s="151" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="152" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B24" s="153" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C24" s="154" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D24" s="155" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E24" s="156" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F24" s="157" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="G24" s="158" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="159" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B25" s="160" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C25" s="161" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D25" s="162" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E25" s="163" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F25" s="164" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G25" s="165" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="166" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B26" s="167" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C26" s="168" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D26" s="169" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E26" s="170" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F26" s="171" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G26" s="172" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="173" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B27" s="174" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C27" s="175" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D27" s="176" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E27" s="177" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="F27" s="178" t="s">
-        <v>25</v>
+        <v>166</v>
       </c>
       <c r="G27" s="179" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="180" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B28" s="181" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C28" s="182" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D28" s="183" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="E28" s="184" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="F28" s="185" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="G28" s="186" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="187" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B29" s="188" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C29" s="189" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D29" s="190" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E29" s="191" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F29" s="192" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G29" s="193" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="194" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B30" s="195" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C30" s="196" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D30" s="197" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E30" s="198" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F30" s="199" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="G30" s="200" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="201" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B31" s="202" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C31" s="203" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D31" s="204" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E31" s="205" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F31" s="206" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="G31" s="207" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="208" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B32" s="209" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C32" s="210" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D32" s="211" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="E32" s="212" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="F32" s="213" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="G32" s="214" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="215" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B33" s="216" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C33" s="217" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D33" s="218" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="E33" s="219" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="F33" s="220" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G33" s="221" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="222" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B34" s="223" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C34" s="224" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D34" s="225" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="E34" s="226" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="F34" s="227" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="G34" s="228" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="229" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B35" s="230" t="s">
-        <v>194</v>
+        <v>218</v>
       </c>
       <c r="C35" s="231" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D35" s="232" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="E35" s="233" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="F35" s="234" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="G35" s="235" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="236" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B36" s="237" t="s">
-        <v>217</v>
+        <v>204</v>
       </c>
       <c r="C36" s="238" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="D36" s="239" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="E36" s="240" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="F36" s="241" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="G36" s="242" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="243" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B37" s="244" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C37" s="245" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D37" s="246" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="E37" s="247" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="F37" s="248" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="G37" s="249" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="250" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B38" s="251" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C38" s="252" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D38" s="253" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E38" s="254" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="F38" s="255" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="G38" s="256" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="257" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B39" s="258" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C39" s="259" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="D39" s="260" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="E39" s="261" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="F39" s="262" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G39" s="263" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="264" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B40" s="265" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C40" s="266" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D40" s="267" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="E40" s="268" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="F40" s="269" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="G40" s="270" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="271" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B41" s="272" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C41" s="273" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="D41" s="274" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E41" s="275" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="F41" s="276" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="G41" s="277" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="278" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B42" s="279" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C42" s="280" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D42" s="281" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="E42" s="282" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="F42" s="283" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="G42" s="284" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="285" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B43" s="286" t="s">
-        <v>266</v>
+        <v>248</v>
       </c>
       <c r="C43" s="287" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D43" s="288" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="E43" s="289" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F43" s="290" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="G43" s="291" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="292" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B44" s="293" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C44" s="294" t="s">
-        <v>273</v>
+        <v>256</v>
       </c>
       <c r="D44" s="295" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E44" s="296" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="F44" s="297" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="G44" s="298" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="299" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B45" s="300" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C45" s="301" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D45" s="302" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="E45" s="303" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F45" s="304" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="G45" s="305" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="306" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B46" s="307" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C46" s="308" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D46" s="309" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E46" s="310" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F46" s="311" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="G46" s="312" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="313" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B47" s="314" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C47" s="315" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D47" s="316" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E47" s="317" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F47" s="318" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="G47" s="319" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="320" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B48" s="321" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C48" s="322" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D48" s="323" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E48" s="324" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F48" s="325" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G48" s="326" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="327" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B49" s="328" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C49" s="329" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D49" s="330" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E49" s="331" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F49" s="332" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G49" s="333" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="334" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B50" s="335" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C50" s="336" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D50" s="337" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E50" s="338" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F50" s="339" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="G50" s="340" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="341" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B51" s="342" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C51" s="343" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D51" s="344" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E51" s="345" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F51" s="346" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="G51" s="347" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="348" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B52" s="349" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C52" s="350" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D52" s="351" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E52" s="352" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F52" s="353" t="s">
         <v>58</v>
       </c>
       <c r="G52" s="354" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="355" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B53" s="356" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C53" s="357" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D53" s="358" t="s">
         <v>330</v>
       </c>
       <c r="E53" s="359" t="s">
         <v>331</v>
       </c>
       <c r="F53" s="360" t="s">
         <v>58</v>
       </c>
       <c r="G53" s="361" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="362" t="s">
         <v>332</v>
       </c>
       <c r="B54" s="363" t="s">
         <v>333</v>
       </c>
       <c r="C54" s="364" t="s">
         <v>334</v>
       </c>
       <c r="D54" s="365" t="s">
@@ -5132,1133 +5276,1133 @@
     <row r="58">
       <c r="A58" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>337</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>338</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>339</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>340</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="377" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="378" t="s">
-        <v>11</v>
+        <v>342</v>
       </c>
       <c r="C59" s="379" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D59" s="380" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E59" s="381" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F59" s="382" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="383" t="s">
         <v>15</v>
       </c>
       <c r="B60" s="384" t="s">
-        <v>18</v>
+        <v>347</v>
       </c>
       <c r="C60" s="385" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D60" s="386" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="E60" s="387" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="F60" s="388" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="389" t="s">
         <v>22</v>
       </c>
       <c r="B61" s="390" t="s">
-        <v>25</v>
+        <v>352</v>
       </c>
       <c r="C61" s="391" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="D61" s="392" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="E61" s="393" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="F61" s="394" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="395" t="s">
         <v>29</v>
       </c>
       <c r="B62" s="396" t="s">
-        <v>32</v>
+        <v>357</v>
       </c>
       <c r="C62" s="397" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="D62" s="398" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="E62" s="399" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="F62" s="400" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="401" t="s">
         <v>36</v>
       </c>
       <c r="B63" s="402" t="s">
-        <v>39</v>
+        <v>362</v>
       </c>
       <c r="C63" s="403" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="D63" s="404" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="E63" s="405" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="F63" s="406" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="407" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="408" t="s">
-        <v>46</v>
+        <v>367</v>
       </c>
       <c r="C64" s="409" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="D64" s="410" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="E64" s="411" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="F64" s="412" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="413" t="s">
         <v>50</v>
       </c>
       <c r="B65" s="414" t="s">
-        <v>53</v>
+        <v>371</v>
       </c>
       <c r="C65" s="415" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="D65" s="416" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="E65" s="417" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="F65" s="418" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="419" t="s">
         <v>57</v>
       </c>
       <c r="B66" s="420" t="s">
         <v>58</v>
       </c>
       <c r="C66" s="421" t="s">
         <v>58</v>
       </c>
       <c r="D66" s="422" t="s">
         <v>58</v>
       </c>
       <c r="E66" s="423" t="s">
         <v>58</v>
       </c>
       <c r="F66" s="424" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="425" t="s">
         <v>59</v>
       </c>
       <c r="B67" s="426" t="s">
-        <v>62</v>
+        <v>376</v>
       </c>
       <c r="C67" s="427" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="D67" s="428" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="E67" s="429" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="F67" s="430" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="431" t="s">
         <v>66</v>
       </c>
       <c r="B68" s="432" t="s">
-        <v>69</v>
+        <v>381</v>
       </c>
       <c r="C68" s="433" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
       <c r="D68" s="434" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="E68" s="435" t="s">
-        <v>375</v>
+        <v>384</v>
       </c>
       <c r="F68" s="436" t="s">
-        <v>376</v>
+        <v>385</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="437" t="s">
         <v>73</v>
       </c>
       <c r="B69" s="438" t="s">
-        <v>58</v>
+        <v>386</v>
       </c>
       <c r="C69" s="439" t="s">
-        <v>58</v>
+        <v>387</v>
       </c>
       <c r="D69" s="440" t="s">
         <v>58</v>
       </c>
       <c r="E69" s="441" t="s">
         <v>58</v>
       </c>
       <c r="F69" s="442" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="443" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B70" s="444" t="s">
-        <v>77</v>
+        <v>388</v>
       </c>
       <c r="C70" s="445" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="D70" s="446" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
       <c r="E70" s="447" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="F70" s="448" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="449" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B71" s="450" t="s">
-        <v>84</v>
+        <v>393</v>
       </c>
       <c r="C71" s="451" t="s">
-        <v>381</v>
+        <v>394</v>
       </c>
       <c r="D71" s="452" t="s">
-        <v>382</v>
+        <v>395</v>
       </c>
       <c r="E71" s="453" t="s">
-        <v>383</v>
+        <v>396</v>
       </c>
       <c r="F71" s="454" t="s">
-        <v>384</v>
+        <v>397</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="455" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B72" s="456" t="s">
-        <v>91</v>
+        <v>398</v>
       </c>
       <c r="C72" s="457" t="s">
-        <v>385</v>
+        <v>399</v>
       </c>
       <c r="D72" s="458" t="s">
-        <v>386</v>
+        <v>400</v>
       </c>
       <c r="E72" s="459" t="s">
-        <v>387</v>
+        <v>401</v>
       </c>
       <c r="F72" s="460" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="461" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B73" s="462" t="s">
-        <v>98</v>
+        <v>402</v>
       </c>
       <c r="C73" s="463" t="s">
-        <v>388</v>
+        <v>403</v>
       </c>
       <c r="D73" s="464" t="s">
-        <v>389</v>
+        <v>404</v>
       </c>
       <c r="E73" s="465" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="F73" s="466" t="s">
-        <v>391</v>
+        <v>406</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="467" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B74" s="468" t="s">
-        <v>105</v>
+        <v>407</v>
       </c>
       <c r="C74" s="469" t="s">
-        <v>392</v>
+        <v>408</v>
       </c>
       <c r="D74" s="470" t="s">
-        <v>393</v>
+        <v>409</v>
       </c>
       <c r="E74" s="471" t="s">
-        <v>394</v>
+        <v>410</v>
       </c>
       <c r="F74" s="472" t="s">
-        <v>395</v>
+        <v>411</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="473" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B75" s="474" t="s">
-        <v>112</v>
+        <v>412</v>
       </c>
       <c r="C75" s="475" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="D75" s="476" t="s">
-        <v>397</v>
+        <v>414</v>
       </c>
       <c r="E75" s="477" t="s">
-        <v>398</v>
+        <v>415</v>
       </c>
       <c r="F75" s="478" t="s">
-        <v>399</v>
+        <v>416</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="479" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B76" s="480" t="s">
-        <v>58</v>
+        <v>417</v>
       </c>
       <c r="C76" s="481" t="s">
-        <v>58</v>
+        <v>418</v>
       </c>
       <c r="D76" s="482" t="s">
         <v>58</v>
       </c>
       <c r="E76" s="483" t="s">
         <v>58</v>
       </c>
       <c r="F76" s="484" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="485" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B77" s="486" t="s">
-        <v>120</v>
+        <v>419</v>
       </c>
       <c r="C77" s="487" t="s">
-        <v>400</v>
+        <v>420</v>
       </c>
       <c r="D77" s="488" t="s">
-        <v>401</v>
+        <v>421</v>
       </c>
       <c r="E77" s="489" t="s">
-        <v>402</v>
+        <v>422</v>
       </c>
       <c r="F77" s="490" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="491" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B78" s="492" t="s">
-        <v>127</v>
+        <v>424</v>
       </c>
       <c r="C78" s="493" t="s">
-        <v>404</v>
+        <v>425</v>
       </c>
       <c r="D78" s="494" t="s">
-        <v>405</v>
+        <v>426</v>
       </c>
       <c r="E78" s="495" t="s">
-        <v>406</v>
+        <v>427</v>
       </c>
       <c r="F78" s="496" t="s">
-        <v>407</v>
+        <v>428</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="497" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B79" s="498" t="s">
-        <v>134</v>
+        <v>429</v>
       </c>
       <c r="C79" s="499" t="s">
-        <v>408</v>
+        <v>430</v>
       </c>
       <c r="D79" s="500" t="s">
-        <v>409</v>
+        <v>431</v>
       </c>
       <c r="E79" s="501" t="s">
-        <v>410</v>
+        <v>432</v>
       </c>
       <c r="F79" s="502" t="s">
-        <v>411</v>
+        <v>433</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="503" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B80" s="504" t="s">
-        <v>141</v>
+        <v>97</v>
       </c>
       <c r="C80" s="505" t="s">
-        <v>412</v>
+        <v>434</v>
       </c>
       <c r="D80" s="506" t="s">
-        <v>413</v>
+        <v>435</v>
       </c>
       <c r="E80" s="507" t="s">
-        <v>414</v>
+        <v>436</v>
       </c>
       <c r="F80" s="508" t="s">
-        <v>415</v>
+        <v>437</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="509" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B81" s="510" t="s">
-        <v>148</v>
+        <v>438</v>
       </c>
       <c r="C81" s="511" t="s">
-        <v>416</v>
+        <v>439</v>
       </c>
       <c r="D81" s="512" t="s">
-        <v>417</v>
+        <v>440</v>
       </c>
       <c r="E81" s="513" t="s">
-        <v>418</v>
+        <v>441</v>
       </c>
       <c r="F81" s="514" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="515" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B82" s="516" t="s">
-        <v>155</v>
+        <v>443</v>
       </c>
       <c r="C82" s="517" t="s">
-        <v>420</v>
+        <v>444</v>
       </c>
       <c r="D82" s="518" t="s">
-        <v>421</v>
+        <v>445</v>
       </c>
       <c r="E82" s="519" t="s">
-        <v>422</v>
+        <v>446</v>
       </c>
       <c r="F82" s="520" t="s">
-        <v>423</v>
+        <v>447</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="521" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B83" s="522" t="s">
-        <v>162</v>
+        <v>448</v>
       </c>
       <c r="C83" s="523" t="s">
-        <v>424</v>
+        <v>449</v>
       </c>
       <c r="D83" s="524" t="s">
-        <v>425</v>
+        <v>450</v>
       </c>
       <c r="E83" s="525" t="s">
-        <v>426</v>
+        <v>451</v>
       </c>
       <c r="F83" s="526" t="s">
-        <v>427</v>
+        <v>452</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="527" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B84" s="528" t="s">
-        <v>168</v>
+        <v>453</v>
       </c>
       <c r="C84" s="529" t="s">
-        <v>428</v>
+        <v>454</v>
       </c>
       <c r="D84" s="530" t="s">
-        <v>429</v>
+        <v>455</v>
       </c>
       <c r="E84" s="531" t="s">
-        <v>430</v>
+        <v>456</v>
       </c>
       <c r="F84" s="532" t="s">
-        <v>431</v>
+        <v>457</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="533" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B85" s="534" t="s">
-        <v>175</v>
+        <v>458</v>
       </c>
       <c r="C85" s="535" t="s">
-        <v>432</v>
+        <v>459</v>
       </c>
       <c r="D85" s="536" t="s">
-        <v>433</v>
+        <v>460</v>
       </c>
       <c r="E85" s="537" t="s">
-        <v>434</v>
+        <v>461</v>
       </c>
       <c r="F85" s="538" t="s">
-        <v>435</v>
+        <v>462</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="539" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B86" s="540" t="s">
-        <v>182</v>
+        <v>463</v>
       </c>
       <c r="C86" s="541" t="s">
-        <v>436</v>
+        <v>464</v>
       </c>
       <c r="D86" s="542" t="s">
-        <v>437</v>
+        <v>465</v>
       </c>
       <c r="E86" s="543" t="s">
-        <v>438</v>
+        <v>466</v>
       </c>
       <c r="F86" s="544" t="s">
-        <v>439</v>
+        <v>467</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="545" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B87" s="546" t="s">
-        <v>189</v>
+        <v>468</v>
       </c>
       <c r="C87" s="547" t="s">
-        <v>440</v>
+        <v>469</v>
       </c>
       <c r="D87" s="548" t="s">
-        <v>441</v>
+        <v>470</v>
       </c>
       <c r="E87" s="549" t="s">
-        <v>442</v>
+        <v>471</v>
       </c>
       <c r="F87" s="550" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="551" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B88" s="552" t="s">
-        <v>196</v>
+        <v>472</v>
       </c>
       <c r="C88" s="553" t="s">
-        <v>443</v>
+        <v>473</v>
       </c>
       <c r="D88" s="554" t="s">
-        <v>444</v>
+        <v>474</v>
       </c>
       <c r="E88" s="555" t="s">
-        <v>445</v>
+        <v>475</v>
       </c>
       <c r="F88" s="556" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="557" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B89" s="558" t="s">
-        <v>203</v>
+        <v>476</v>
       </c>
       <c r="C89" s="559" t="s">
-        <v>446</v>
+        <v>222</v>
       </c>
       <c r="D89" s="560" t="s">
-        <v>447</v>
+        <v>477</v>
       </c>
       <c r="E89" s="561" t="s">
-        <v>448</v>
+        <v>478</v>
       </c>
       <c r="F89" s="562" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="563" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B90" s="564" t="s">
-        <v>210</v>
+        <v>468</v>
       </c>
       <c r="C90" s="565" t="s">
-        <v>449</v>
+        <v>479</v>
       </c>
       <c r="D90" s="566" t="s">
-        <v>450</v>
+        <v>480</v>
       </c>
       <c r="E90" s="567" t="s">
-        <v>451</v>
+        <v>481</v>
       </c>
       <c r="F90" s="568" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="569" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B91" s="570" t="s">
-        <v>196</v>
+        <v>472</v>
       </c>
       <c r="C91" s="571" t="s">
-        <v>452</v>
+        <v>482</v>
       </c>
       <c r="D91" s="572" t="s">
-        <v>453</v>
+        <v>483</v>
       </c>
       <c r="E91" s="573" t="s">
-        <v>454</v>
+        <v>484</v>
       </c>
       <c r="F91" s="574" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="575" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B92" s="576" t="s">
-        <v>219</v>
+        <v>485</v>
       </c>
       <c r="C92" s="577" t="s">
-        <v>455</v>
+        <v>486</v>
       </c>
       <c r="D92" s="578" t="s">
-        <v>456</v>
+        <v>487</v>
       </c>
       <c r="E92" s="579" t="s">
-        <v>457</v>
+        <v>488</v>
       </c>
       <c r="F92" s="580" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="581" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B93" s="582" t="s">
-        <v>226</v>
+        <v>489</v>
       </c>
       <c r="C93" s="583" t="s">
-        <v>458</v>
+        <v>490</v>
       </c>
       <c r="D93" s="584" t="s">
-        <v>459</v>
+        <v>491</v>
       </c>
       <c r="E93" s="585" t="s">
-        <v>460</v>
+        <v>492</v>
       </c>
       <c r="F93" s="586" t="s">
-        <v>461</v>
+        <v>493</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="587" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B94" s="588" t="s">
-        <v>233</v>
+        <v>494</v>
       </c>
       <c r="C94" s="589" t="s">
-        <v>462</v>
+        <v>495</v>
       </c>
       <c r="D94" s="590" t="s">
-        <v>463</v>
+        <v>496</v>
       </c>
       <c r="E94" s="591" t="s">
-        <v>464</v>
+        <v>497</v>
       </c>
       <c r="F94" s="592" t="s">
-        <v>465</v>
+        <v>498</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="593" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B95" s="594" t="s">
-        <v>240</v>
+        <v>499</v>
       </c>
       <c r="C95" s="595" t="s">
-        <v>466</v>
+        <v>500</v>
       </c>
       <c r="D95" s="596" t="s">
-        <v>467</v>
+        <v>501</v>
       </c>
       <c r="E95" s="597" t="s">
-        <v>468</v>
+        <v>502</v>
       </c>
       <c r="F95" s="598" t="s">
-        <v>469</v>
+        <v>503</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="599" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B96" s="600" t="s">
-        <v>247</v>
+        <v>504</v>
       </c>
       <c r="C96" s="601" t="s">
-        <v>470</v>
+        <v>505</v>
       </c>
       <c r="D96" s="602" t="s">
-        <v>471</v>
+        <v>506</v>
       </c>
       <c r="E96" s="603" t="s">
-        <v>472</v>
+        <v>507</v>
       </c>
       <c r="F96" s="604" t="s">
-        <v>473</v>
+        <v>508</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="605" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B97" s="606" t="s">
-        <v>254</v>
+        <v>509</v>
       </c>
       <c r="C97" s="607" t="s">
-        <v>474</v>
+        <v>510</v>
       </c>
       <c r="D97" s="608" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="E97" s="609" t="s">
-        <v>476</v>
+        <v>512</v>
       </c>
       <c r="F97" s="610" t="s">
-        <v>477</v>
+        <v>513</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="611" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B98" s="612" t="s">
-        <v>261</v>
+        <v>514</v>
       </c>
       <c r="C98" s="613" t="s">
-        <v>478</v>
+        <v>515</v>
       </c>
       <c r="D98" s="614" t="s">
-        <v>479</v>
+        <v>516</v>
       </c>
       <c r="E98" s="615" t="s">
-        <v>480</v>
+        <v>517</v>
       </c>
       <c r="F98" s="616" t="s">
-        <v>481</v>
+        <v>518</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="617" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B99" s="618" t="s">
-        <v>268</v>
+        <v>504</v>
       </c>
       <c r="C99" s="619" t="s">
-        <v>482</v>
+        <v>519</v>
       </c>
       <c r="D99" s="620" t="s">
-        <v>483</v>
+        <v>520</v>
       </c>
       <c r="E99" s="621" t="s">
-        <v>448</v>
+        <v>521</v>
       </c>
       <c r="F99" s="622" t="s">
-        <v>484</v>
+        <v>522</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="623" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B100" s="624" t="s">
-        <v>254</v>
+        <v>509</v>
       </c>
       <c r="C100" s="625" t="s">
-        <v>485</v>
+        <v>523</v>
       </c>
       <c r="D100" s="626" t="s">
-        <v>486</v>
+        <v>524</v>
       </c>
       <c r="E100" s="627" t="s">
-        <v>476</v>
+        <v>525</v>
       </c>
       <c r="F100" s="628" t="s">
-        <v>487</v>
+        <v>526</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="629" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B101" s="630" t="s">
-        <v>261</v>
+        <v>514</v>
       </c>
       <c r="C101" s="631" t="s">
-        <v>488</v>
+        <v>527</v>
       </c>
       <c r="D101" s="632" t="s">
-        <v>489</v>
+        <v>528</v>
       </c>
       <c r="E101" s="633" t="s">
-        <v>480</v>
+        <v>529</v>
       </c>
       <c r="F101" s="634" t="s">
-        <v>490</v>
+        <v>530</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="635" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B102" s="636" t="s">
-        <v>283</v>
+        <v>531</v>
       </c>
       <c r="C102" s="637" t="s">
-        <v>491</v>
+        <v>532</v>
       </c>
       <c r="D102" s="638" t="s">
-        <v>492</v>
+        <v>533</v>
       </c>
       <c r="E102" s="639" t="s">
-        <v>493</v>
+        <v>534</v>
       </c>
       <c r="F102" s="640" t="s">
-        <v>494</v>
+        <v>535</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="641" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B103" s="642" t="s">
-        <v>290</v>
+        <v>536</v>
       </c>
       <c r="C103" s="643" t="s">
-        <v>495</v>
+        <v>537</v>
       </c>
       <c r="D103" s="644" t="s">
-        <v>496</v>
+        <v>538</v>
       </c>
       <c r="E103" s="645" t="s">
-        <v>497</v>
+        <v>539</v>
       </c>
       <c r="F103" s="646" t="s">
-        <v>498</v>
+        <v>540</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="647" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B104" s="648" t="s">
-        <v>297</v>
+        <v>541</v>
       </c>
       <c r="C104" s="649" t="s">
-        <v>499</v>
+        <v>542</v>
       </c>
       <c r="D104" s="650" t="s">
-        <v>500</v>
+        <v>543</v>
       </c>
       <c r="E104" s="651" t="s">
-        <v>501</v>
+        <v>544</v>
       </c>
       <c r="F104" s="652" t="s">
-        <v>502</v>
+        <v>545</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="653" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B105" s="654" t="s">
-        <v>304</v>
+        <v>546</v>
       </c>
       <c r="C105" s="655" t="s">
-        <v>503</v>
+        <v>547</v>
       </c>
       <c r="D105" s="656" t="s">
-        <v>504</v>
+        <v>548</v>
       </c>
       <c r="E105" s="657" t="s">
-        <v>505</v>
+        <v>549</v>
       </c>
       <c r="F105" s="658" t="s">
-        <v>506</v>
+        <v>550</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="659" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B106" s="660" t="s">
-        <v>311</v>
+        <v>551</v>
       </c>
       <c r="C106" s="661" t="s">
-        <v>507</v>
+        <v>552</v>
       </c>
       <c r="D106" s="662" t="s">
-        <v>508</v>
+        <v>553</v>
       </c>
       <c r="E106" s="663" t="s">
-        <v>509</v>
+        <v>554</v>
       </c>
       <c r="F106" s="664" t="s">
-        <v>510</v>
+        <v>555</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="665" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B107" s="666" t="s">
-        <v>318</v>
+        <v>556</v>
       </c>
       <c r="C107" s="667" t="s">
-        <v>511</v>
+        <v>557</v>
       </c>
       <c r="D107" s="668" t="s">
-        <v>512</v>
+        <v>558</v>
       </c>
       <c r="E107" s="669" t="s">
-        <v>513</v>
+        <v>559</v>
       </c>
       <c r="F107" s="670" t="s">
-        <v>514</v>
+        <v>560</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="671" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B108" s="672" t="s">
-        <v>325</v>
+        <v>561</v>
       </c>
       <c r="C108" s="673" t="s">
-        <v>515</v>
+        <v>562</v>
       </c>
       <c r="D108" s="674" t="s">
-        <v>516</v>
+        <v>563</v>
       </c>
       <c r="E108" s="675" t="s">
-        <v>517</v>
+        <v>564</v>
       </c>
       <c r="F108" s="676" t="s">
-        <v>518</v>
+        <v>565</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="677" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B109" s="678" t="s">
-        <v>330</v>
+        <v>566</v>
       </c>
       <c r="C109" s="679" t="s">
-        <v>519</v>
+        <v>567</v>
       </c>
       <c r="D109" s="680" t="s">
-        <v>520</v>
+        <v>568</v>
       </c>
       <c r="E109" s="681" t="s">
-        <v>521</v>
+        <v>569</v>
       </c>
       <c r="F109" s="682" t="s">
-        <v>522</v>
+        <v>570</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="683" t="s">
         <v>332</v>
       </c>
       <c r="B110" s="684" t="s">
-        <v>58</v>
+        <v>571</v>
       </c>
       <c r="C110" s="685" t="s">
-        <v>523</v>
+        <v>572</v>
       </c>
       <c r="D110" s="686" t="s">
         <v>58</v>
       </c>
       <c r="E110" s="687" t="s">
         <v>58</v>
       </c>
       <c r="F110" s="688" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="689" t="s">
         <v>335</v>
       </c>
       <c r="B111" s="690" t="s">
-        <v>58</v>
+        <v>571</v>
       </c>
       <c r="C111" s="691" t="s">
-        <v>524</v>
+        <v>572</v>
       </c>
       <c r="D111" s="692" t="s">
         <v>58</v>
       </c>
       <c r="E111" s="693" t="s">
         <v>58</v>
       </c>
       <c r="F111" s="694" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="3" t="s">
-        <v>525</v>
+        <v>573</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="3" t="s">
-        <v>526</v>
+        <v>574</v>
       </c>
     </row>
     <row r="115" ht="60" customHeight="1">
       <c r="A115" s="3" t="s">
-        <v>527</v>
+        <v>575</v>
       </c>
     </row>
     <row r="116" ht="60" customHeight="1">
       <c r="A116" s="3" t="s">
-        <v>528</v>
+        <v>576</v>
       </c>
     </row>
     <row r="117" ht="60" customHeight="1">
       <c r="A117" s="3" t="s">
-        <v>529</v>
+        <v>577</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="4" t="s">
-        <v>530</v>
+        <v>578</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A112:G112"/>
     <mergeCell ref="A113:G113"/>
     <mergeCell ref="A115:G115"/>
     <mergeCell ref="A116:G116"/>
     <mergeCell ref="A117:G117"/>
     <mergeCell ref="A118:G198"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>